--- v0 (2025-11-21)
+++ v1 (2026-03-06)
@@ -10,1881 +10,2089 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1383" uniqueCount="611">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1535" uniqueCount="680">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Poder Executivo)</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/791/plce_1-2025_-_novo_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/791/plce_1-2025_-_novo_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código Tributário do Município de Marmeleiro (CTM) e dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rosmari de Assis, Nego Lava Car, Pedrão, Suzana Gowacki</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_1-2025_-_revisao_porteira_adentro_-_nego_-_rosmari_-_pedrao_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_1-2025_-_revisao_porteira_adentro_-_nego_-_rosmari_-_pedrao_-_suzana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada uma revisão do Programa Porteira Adentro, Lei 2.491, de 2017, em conjunto com os departamentos municipais competentes, a fim de melhor atender os agricultores e munícipes que dependem desse serviço essencial.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/656/indicacao_2-2025_-_pocos_artesianos_-_nego_-_rosmari_-_pedrao_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/656/indicacao_2-2025_-_pocos_artesianos_-_nego_-_rosmari_-_pedrao_-_suzana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja observado a necessidade estratégica de perfuração de poços artesianos, para garantir o abastecimento de água nas áreas rurais em conjunto com o departamento municipal competente a fim de melhor atender os agricultores.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rosângela</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_3-2025_-_transito_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_3-2025_-_transito_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, realização de estudo para promover a diminuição de velocidade do trafego de veículos na localidade do cruzamento das Ruas João Bednarski e Nelson Pizani e do cruzamento das Ruas Narciso Dalla Libera e Padre Afonso.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Karine Grecco</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, o retorno do pagamento dos salários dos servidores públicos municipais para o último dia do mês.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_5-2025_-_revisao_plano_de_cargos_-_karine.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_5-2025_-_revisao_plano_de_cargos_-_karine.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a revisão do Plano de Carreira dos Servidores do Quadro Geral do Poder Executivo, Lei nº 2096/2013.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Nego Lava Car, Rosmari de Assis, Suzana Gowacki</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_6-2025_-_atendimento_preferencial_-_nego_-_rosmari_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_6-2025_-_atendimento_preferencial_-_nego_-_rosmari_-_suzana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que adote medidas para garantir atendimento preferencial e prioritário nas unidades de saúde para pessoas diagnosticadas com Alzheimer, Parkinson e outras demências, a fim de minimizar o sofrimento dessas pessoas e de seus cuidadores durante as esperas por atendimento médico.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Edson Rolim</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_7-2025_-_rua_neri_batista_cabral_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_7-2025_-_rua_neri_batista_cabral_-_edson.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a denominação da Rua 23 no Bairro Santa Rua para Rua Neri Batista Cabral.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Nego Lava Car, Pedrão, Rosmari de Assis</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja solicitado de instalação de redutores de Redutores de Velocidade no Bairro Santa Rita.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja criado um Programa Municipal de Combate ao Uso de Drogas e Álcool para menores em espaços públicos, com ações educativas, campanhas de conscientização e parceria com escolas, famílias e órgãos de segurança e comunidade em geral.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Analice Pavan</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_10-2025_-_programa_municipal_de_axilio_ao_material_escolar_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_10-2025_-_programa_municipal_de_axilio_ao_material_escolar_-_analice.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a concessão de auxílio financeiro para aquisição de material escolar para aproximadamente 1.600 (mil e seiscentos) alunos da rede de ensino infantil e fundamental pública do Município de Marmeleiro.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_11-2025_-_psicologo_e_servico_social_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_11-2025_-_psicologo_e_servico_social_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a implementação dos serviços de psicologia e de serviço social nas redes públicas de educação básica do município de Marmeleiro, em conformidade com a Lei Federal nº 13.935/2019.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Nego Lava Car, Pedrão, Rosmari de Assis, Suzana Gowacki</t>
   </si>
   <si>
     <t>Indica a substituição de todas as lâmpadas de vapor de mercúrio e vapor de sódio ainda existentes na iluminação pública das vias urbanas e rurais do município por lâmpadas de Led com potência mínima de 100 watts.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_13-2025_-_rua_jair_policeno_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_13-2025_-_rua_jair_policeno_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a alteração da denominação da Rua dos Gerânios no Bairro Alvorada Rua para Rua Vereador Jair Policeno.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_14-2025_-_auxiliares_administrativos_nas_escolas_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_14-2025_-_auxiliares_administrativos_nas_escolas_-_analice.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a alocação estratégica de profissionais auxiliares administrativos nas unidades de ensino da Rede Municipal com alta demanda de alunos.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_15-2025_-_cargo_de_agente_municipal_de_transito_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_15-2025_-_cargo_de_agente_municipal_de_transito_-_analice.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação do cargo de Agente Municipal de Trânsito no âmbito da administração pública deste município.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Suzana Gowacki</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal aquisição de terrenos e construção de uma nova escola municipal.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Edson Rolim, Rosângela</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_17-2025_-_engenheiros_-_rosangela_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_17-2025_-_engenheiros_-_rosangela_-_edson.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a dobra da carga horária dos engenheiros civis efetivos e a contratação de empresa de engenharia civil, com objetivo de elaboração de projetos técnicos para viabilizar a capacitação de recursos estaduais e federais, a qual será subordinada à supervisão do Engenheiro Chefe da prefeitura.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_18-2025_-_limepeza_fossas_septicas_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_18-2025_-_limepeza_fossas_septicas_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a criação de um programa municipal de limpeza de fossas sépticas nas residências que não possuem serviço de esgoto.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Indica pavimentação asfáltica no trecho que liga a PR-180 (Comunidade de Água Branca) até o Jardim Bandeira II, na Rua João Bednarski.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Nego Lava Car</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal pavimentação asfáltica da estrada rural que dá acesso à Comunidade de São Jorge.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal asfaltamento da estrada rural que liga a PR-180 à empresa Baldissareli, pioneira na semeadura de mudas em bandejas ecológicas.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_22-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_22-2025.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a instalação do Procon – Coordenadoria Municipal de Defesa do Consumidor – COMDEC Marmeleiro, conforme a Lei Municipal Nº 2.240, de 29 de dezembro de 2014.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_23-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_23-2025.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a apresentação de Projetos de Lei que tratem do aumento do número de vagas para os cargos de Professor de Ensino Fundamental das Séries Iniciais e Professor de Educação Infantil, de Servente-geral e de Assistente Social -  com proposições separadas para cada cargo - conforme o que dispunha o Projeto de Lei do Executivo 34/2025, rejeitado em plenário, para que, mesmo contendo matéria similar ou idêntica, possa ser requerido por 2/3 dos vereadores e, posterior aprovação em plenário, ser tramitado dentro do processo legislativo na mesma sessão legislativa, conforme artigo 51 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Adenilson Neriques, Analice Pavan, Edson Rolim, Karine Grecco, Rosângela</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_24-2025_-_bolsa_atleta_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_24-2025_-_bolsa_atleta_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a criação do Programa Bolsa Atleta Municipal.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de um estudo de viabilidade para a contratação de serviços de transporte por aplicativo (Uber ou similar) com o objetivo de atender pacientes que necessitem de deslocamento a partir das unidades de saúde do município até a Unidade de Pronto Atendimento (UPA), ou retorno às suas residências, nos casos em que não haja outra forma de transporte disponível.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio da Secretaria Municipal de Saúde, que seja implementado o fornecimento de kit lanches para os pacientes do Sistema Único de Saúde (SUS) que necessitam se deslocamento para outros municípios e permanecem fora por longos períodos durante o dia para realização de exames, consultas, tratamentos ou procedimentos médicos.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que viabilize, junto aos governos estadual e federal, os estudos e providências necessárias para a implantação de um Pronto Atendimento Municipal (PAM), bem como de um Comando do Corpo de Bombeiros no município de Marmeleiro.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>indica ao Executivo Municipal que, por meio dos setores competentes, sejam realizados estudos e ações visando a utilização adequada do espaço público situado junto a Comunidade do KM 15 da BR-280, atualmente em situação de abandono e visível deterioração.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_29-2025_-_estrada_rural_sao_mateus_-_pedrao_-_nego_-_rosmari_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_29-2025_-_estrada_rural_sao_mateus_-_pedrao_-_nego_-_rosmari_-_suzana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, com cópia a Secretaria de Obras e Infraestrutura, que sejam adotadas as providências necessárias para a pavimentação asfáltica na estrada rural que dá acesso a Comunidade Baixo São Mateus.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Rosmari de Assis, Suzana Gowacki</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal a viabilidade de colocação de paver no pátio da Capela Mortuária localizada em frente ao Cemitério Municipal e no pátio do Centro Comunitário do Bairro Vila Roma.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Adenilson Neriques, Edson Rolim, Karine Grecco, Rosângela</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_31-2025_-_audiencia_publica_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_31-2025_-_audiencia_publica_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a realização de audiência pública com a participação de pais, educadores, representantes do Departamento de Trânsito (Demartran), engenheiros da Prefeitura, Polícia Militar, EPR (plataforma de investimentos em concessões de rodovias e mobilidade), demais autoridades competentes e cidadãos para discutir soluções de acesso seguro à Escola Municipal Perseverança, diante do aumento do fluxo de veículos e da dificuldade de travessia no trecho asfaltado.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Nego Lava Car, Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_32-2025_-paver_tres_pinheiros_-_nego_-_pedrao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_32-2025_-paver_tres_pinheiros_-_nego_-_pedrao.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a viabilidade de colocação de paver no pátio do Centro Comunitário (pavilhão) do Bairro Três Pinheiros.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_33-2025_-_km_15_-_nego_-_pedrao_-_rosmari_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_33-2025_-_km_15_-_nego_-_pedrao_-_rosmari_-_suzana.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a reforma do prédio público localizado no KM 15, com a finalidade de destiná-lo ao uso dos idosos do nosso município de Marmeleiro.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_no_34-2025_-_sensor_glicose_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_no_34-2025_-_sensor_glicose_-_edson.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a criação de um programa por meio do Departamento Municipal de Saúde que ofereça o acesso gratuito ao sensor de glicose Freestyle Libre, um dispositivo que permite a medição do açúcar no sangue sem a necessidade de picadas nos dedos, para crianças.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_35-2025_-_vagas_escolas_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_35-2025_-_vagas_escolas_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a disponibilização de vagas de educação infantil em escolas particulares para as crianças que estão na fila de espera até que a vaga em uma instituição pública seja garantida.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_36-2025_-_nascer_bem_parana_-_rosangela_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_36-2025_-_nascer_bem_parana_-_rosangela_-_edson.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a adesão ao programa estadual Nascer Bem Paraná.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_37-2025_-_bons_olhos_parana_-_rosangela__-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_37-2025_-_bons_olhos_parana_-_rosangela__-_edson.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, a adesão ao programa estadual Bons Olhos Paraná.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_38-2025_-_brinquedos_inclusivos_nas_pracas_e_nas_escolas__-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_38-2025_-_brinquedos_inclusivos_nas_pracas_e_nas_escolas__-_analice.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a implantação de brinquedos inclusivos nas praças públicas e unidades escolares do município, garantindo o acesso e a participação de todas as crianças nas atividades de lazer.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_39-2025_-_ginasio__-_analice-ade-karine-edson-rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_39-2025_-_ginasio__-_analice-ade-karine-edson-rosangela.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo Municipal que determine ao setor competente a elaboração de projeto e posterior construção de um novo ginásio de esportes no município, atendendo à crescente demanda da população por espaços adequados para a prática esportiva e eventos comunitários.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Nego Lava Car, Rosmari de Assis</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_40-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_40-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a possibilidade de elaborar e encaminhar à Câmara Municipal projeto de lei que institua o Programa "Adote um Canteiro", permitindo que a comunidade (pessoas físicas e jurídicas) adote e revitalize áreas verdes e canteiros públicos no município.</t>
   </si>
   <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_41-2025_-_defesa_civil_-_edson.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Executivo Municipal, a atualização da Portaria municipal de 2013, que instituiu a Defesa Civil no município de Marmeleiro, considerando sua desatualização frente a realidade atual e as novas demandas de atendimento emergencial.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_42-2025_-_plano_de_abandono_e_emergencia_-_rosangela_-_edson_-_karine_-_adenilson.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Executivo Municipal a elaboração e implementação do Plano de Abandono e Emergência em todos prédios públicos do município, bem como a criação de um calendário anual de simulados, o estabelecimento de protocolos atualizados de prevenção a incêndios e desastres e a organização e capacitação de brigadistas municipais, garantido maior segurança a servidores e à população que utiliza esses espaços.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_43-2025_-_formacao_continuada_operadores_de_maquinas.docx.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Executivo Municipal que desenvolva e implemente um Programa de Capacitação, Habilitação Técnica e Formação Continuada para os servidores responsáveis pela operação das máquinas e equipamentos da Prefeitura, considerando que o Município deverá investir mais de R$ 5_x000D_
+milhões na renovação e ampliação de sua frota de máquinas pesadas e equipamentos de trabalho.</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_44-2025_-_ginasio_de_esportosauxilio-alimentacao_-_risangela_karine_adenilson_edson.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Poder Executivo Municipal que elabore novo Projeto de Lei que dispõe sobre a concessão de auxílio alimentação aos servidores públicos municipais do Poder Executivo, considerando que a validade da atual legislação se encerra dia 31 de dezembro de 2025.</t>
+  </si>
+  <si>
     <t>701</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/701/mocao_honrosa_1-2025_-_profs_marcia_e_neli_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/701/mocao_honrosa_1-2025_-_profs_marcia_e_neli_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa em homenagem as professoras Márcia Regina Ferronato e Neli Badim pelas contribuições inestimáveis que marcaram um capítulo importante na história do nosso município de Marmeleiro, sobretudo em relação ao meio ambiente.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_honrosa_2-2025_-_dojo_atemi_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_honrosa_2-2025_-_dojo_atemi_-_analice.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa em homenagem ao Dojo Atemi, escola de Muay Thai, KickBoxing e Defesa Pessoal, representada pelo Professor Alex Marcelo Menegazzo, pela participação no 25º Campeonato Paranaense de KickBoxing.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>Moção de Apoio às APAEs e de Repúdio à Ação Direta de Inconstitucionalidade (ADI) 7796.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/783/mocao_4-2025_-_pastor_joao_maria_-_nego_lavacar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/783/mocao_4-2025_-_pastor_joao_maria_-_nego_lavacar.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa ao Pastor João Maria Prazdo Gonçalves.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/813/mocao_5-2025_de_aplauso_futebol_40_-_suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/813/mocao_5-2025_de_aplauso_futebol_40_-_suzana.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO - À equipe 40+ de Futebol Suíço de Marmeleiro, campeã do Campeonato Estadual realizado em Apucarana pela brilhante conquista do título de campeã estadual, obtido no Campeonato Estadual de Futebol Suíço realizado na cidade de Apucarana, no dia 28 de setembro de 2025.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/815/mocao_6-2025_de_aplauso_futsal_-_ade-analice-edson-karine-rosangela-pedro-nego-rosmari-suzana.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/815/mocao_6-2025_de_aplauso_futsal_-_ade-analice-edson-karine-rosangela-pedro-nego-rosmari-suzana.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO - À Equipe de Futsal Masculina de Marmeleiro pela conquista da Taça Sudoeste de Futsal – AESUPAR.</t>
   </si>
   <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/822/mocao_2-2025_-_apoio_ao_leite.pdf</t>
+  </si>
+  <si>
+    <t>Propor Moção de Apoio aos produtores de leite do Município de Marmeleiro</t>
+  </si>
+  <si>
     <t>706</t>
   </si>
   <si>
     <t>EMSUB</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/706/oficio_camara_-_alteracao_texto_projeto_de_lei_ass.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/706/oficio_camara_-_alteracao_texto_projeto_de_lei_ass.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva ao Projeto de Lei nº nº 34/2025, enviado através da Mensagem nº 16, referente a autorização para alteração de redações, extinção e criação de cargos e vagas previstos na Lei 2.135 de 11 de dezembro de 2013, Lei nº 2.096, de 23 de setembro de 2013 e Lei nº 1.923, de 05 de abril de 2012</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>EMMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/794/oficio_camara.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/794/oficio_camara.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 69/2025</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/673/plol_1-2025_-_recomposicao_servidores.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/673/plol_1-2025_-_recomposicao_servidores.pdf</t>
   </si>
   <si>
     <t>Concede recomposição e reajuste aos vencimentos dos ocupantes de cargos de provimento efetivo e cargos em comissão da Câmara Municipal de Marmeleiro e dá outras providências</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/677/plol_2-2025_-_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/677/plol_2-2025_-_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de auxílio alimentação aos servidores públicos municipais do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/698/plol_3-2025_-_vencimentos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/698/plol_3-2025_-_vencimentos.pdf</t>
   </si>
   <si>
     <t>Atualiza a Tabela de Vencimentos do anexo X da Resolução 002/2013, homologada pela Lei 2.136/2013.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/811/plol_4-2025_-_licitacoes.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/811/plol_4-2025_-_licitacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes de promoção do desenvolvimento econômico local e regional nas contratações públicas municipais, estabelecendo instrumentos de tratamento favorecido às microempresas e empresas de pequeno porte nas licitações da Administração Pública Municipal, na forma da Lei Complementar nº 123/2006, da Lei nº 14.133/2021 e do Prejulgado nº 27 do Tribunal de Contas do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/837/plol_5-2025_-_diarias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de diárias e o reembolso de despesas de alimentação e deslocamento no âmbito do Poder Legislativo do Município de Marmeleiro/PR, estabelece valores uniformes para todos os agentes públicos, e revoga a Lei Municipal nº 2.805/2022.</t>
+  </si>
+  <si>
     <t>657</t>
   </si>
   <si>
     <t>PPROV</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>Rosângela, Adenilson Neriques, Analice Pavan, Edson Rolim, Karine Grecco</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_providencia_1-2025_-_biofiltro_sanepar_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_providencia_1-2025_-_biofiltro_sanepar_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para que solicite a Sanepar (Companhia de Saneamento do Paraná) a instalação de um Biofiltro para controle de odores na estação de tratamento de esgoto de Marmeleiro.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/658/pedido_de_providencia_2-2025_-_cameras_de_seguranca_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/658/pedido_de_providencia_2-2025_-_cameras_de_seguranca_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de câmeras de segurança e monitoramento nos parques urbanos, nos ônibus escolares e nos pontos de ônibus.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/691/pedido_de_providencia_3-2025_-_placas_de_transito_no_interior_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/691/pedido_de_providencia_3-2025_-_placas_de_transito_no_interior_-_rosangela.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de placas de trânsito no interior do município indicando as comunidades, as direções das comunidades e as distâncias.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/692/pedido_de_providencia_4-2025_-_rede_de_esgoto_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/692/pedido_de_providencia_4-2025_-_rede_de_esgoto_-_rosangela.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de rede de esgoto na Rua Dionisio Sedor, no Bairro Santa Rita.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Adenilson Neriques</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/693/pedido_de_providencia_5-2025_-_redutor_de_velocidade_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/693/pedido_de_providencia_5-2025_-_redutor_de_velocidade_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de redutor de velocidade na Rua São Paulo no Bairro Três Pinheiros.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/696/pedido_de_providencia_6-2025_-_rede_wi-fi_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/696/pedido_de_providencia_6-2025_-_rede_wi-fi_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de rede de internet Wi-fi pública nas Unidades Básicas de Saúde, nos Ginásios de Esporte e nas praças públicas de Marmeleiro.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/724/pedido_de_providencia_7-2025_-_enxurradas_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/724/pedido_de_providencia_7-2025_-_enxurradas_-_rosangela.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para que seja realizado de forma urgente um planejamento estratégico com ações para evitar enxurradas nos bairros do município.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>Adenilson Neriques, Karine Grecco</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/725/pedido_de_providencia_8-2025_-_farmacia_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/725/pedido_de_providencia_8-2025_-_farmacia_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para a implementação da Farmácia Municipal nos horários de plantão de atendimento de urgência e emergência.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/726/pedido_de_providencia_9-2025_-_motoristas_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/726/pedido_de_providencia_9-2025_-_motoristas_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para o retorno de plantões 24 horas para os motoristas do Departamento de Saúde.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pedido_de_providencia_10-2025_-_vagas_para_cadeirantes_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pedido_de_providencia_10-2025_-_vagas_para_cadeirantes_-_rosangela.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para reserva de vagas exclusivas de estacionamento, devidamente sinalizadas, para cadeirantes em frente as escolas, colégios e centros de educação infantil.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/742/pedido_de_providencia_11-2025_-_parquinho_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/742/pedido_de_providencia_11-2025_-_parquinho_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para  cobertura do parquinho infantil da Escola Municipal Dom Pedro I.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/746/pedido_de_providencia_12-2025_-_entrada_colegio_bom_jesus_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/746/pedido_de_providencia_12-2025_-_entrada_colegio_bom_jesus_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de sistemas de energia solar fotovoltaica nas escolas da rede municipal.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/747/pedido_de_providencia_13-2025_-_seguranca_nas_escolas_-_psicologos_-_analice_-_rosangela_-_karine_-_edson_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/747/pedido_de_providencia_13-2025_-_seguranca_nas_escolas_-_psicologos_-_analice_-_rosangela_-_karine_-_edson_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal relacionado a segurança nas escolas municipais, com atenção especial a contratação de psicólogos educacionais.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/748/pedido_de_providencia_14-2025_-_melhorias_escola_souza_naves_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/748/pedido_de_providencia_14-2025_-_melhorias_escola_souza_naves_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para reforma e fechamento da quadra do Distrito de Alto São Mateus, cobertura do parquinho e reforma e ampliação dos banheiros da Escola Municipal Souza Naves.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/749/pedido_de_providencia_15-2025_-_acessibilidade_comunidades_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/749/pedido_de_providencia_15-2025_-_acessibilidade_comunidades_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para melhorar o acesso e a acessibilidade nas sedes das comunidades rurais.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/756/pedido_de_providencia_16-2025_-_revitalizacao_parquinho_infantil_-_rosangela_e_demais.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/756/pedido_de_providencia_16-2025_-_revitalizacao_parquinho_infantil_-_rosangela_e_demais.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para manutenção do playground (parquinho infantil) no Meu Campinho.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/774/pedido_de_providencia_17-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/774/pedido_de_providencia_17-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para manutenção no final da Rua dos Pavões no Bairro Jardim Bandeira.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/775/pedido_de_providencia_18-2025_-_cemiterio_municipal_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/775/pedido_de_providencia_18-2025_-_cemiterio_municipal_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para manutenção de estruturas do Cemitério Municipal.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/784/pedido_de_providencia_no_19-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/784/pedido_de_providencia_no_19-2025.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de um parquinho infantil no Bairro Vila Roma e no Loteamento Vila Marini.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/793/pedido_de_providencia_20-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/793/pedido_de_providencia_20-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUEREM PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para instalação de iluminação pública no final da Rua dos Pavões, no Bairro Jardim Bandeira.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/798/pedido_de_providencia_21-2025_-_reforma_parquinho_jardim_bandeira_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/798/pedido_de_providencia_21-2025_-_reforma_parquinho_jardim_bandeira_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para manutenção e reforma do parquinho infantil do Bairro Jardim Bandeira.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/801/pedido_de_providencia_22-2025_-_rede_de_esgoto_vila_marini_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/801/pedido_de_providencia_22-2025_-_rede_de_esgoto_vila_marini_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para que entre em contato com a Companhia de Saneamento do Paraná – Sanepar, a fim de viabilizar a ligação da rede coletora de esgoto do Loteamento Vila Marini ao sistema de tratamento de esgoto do município.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/802/pedido_de_providencia_23-2025_-_rede_de_esgoto_jardim_bandeira_-_adenilson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/802/pedido_de_providencia_23-2025_-_rede_de_esgoto_jardim_bandeira_-_adenilson.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para que entre em contato com a Companhia de Saneamento do Paraná – Sanepar, a fim de viabilizar a implementação da rede de esgoto no Bairro Jardim Bandeira.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para melhoria e implantação de calçadas no entorno do Estádio Municipal Wilson Henrique e nas vias de acesso ao Bairro Jardim Bandeira, Rua Padre Afonso, Rua Carlos Edemar Bandeira e Rua Dionísio Sedor.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/809/pedido_de_providencia_no_25-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/809/pedido_de_providencia_no_25-2025.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para recolhimento do lixo no Vila Roma e instalação de contentores de lixo (lixeiras públicas) para resíduos sólidos e recicláveis para facilitar o armazenamento pela população.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/810/pedido_de_providencia_26-2025_-_estrada_agua_branca_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/810/pedido_de_providencia_26-2025_-_estrada_agua_branca_-_ade.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE PROVIDÊNCIA ao Executivo Municipal para manutenção da estrada da Linha Água Branca.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/812/pedido_de_providencia_27-2025_-_fumace_-_ade-rosangela-karine-edson-analice.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/812/pedido_de_providencia_27-2025_-_fumace_-_ade-rosangela-karine-edson-analice.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem, conforme preconizam os artigos 115 e 129, do Regimento Interno deste Poder Legislativo do Município de Marmeleiro, usando das prerrogativas como representantes parlamentares do povo, formulam o presente PEDIDO DE PROVIDÊNCIA ao Poder Executivo Municipal a fim de que dê início a circulação do veículo “Fumacê”, como forma prevenção e controle ao Aedes Aegypti, popularmente conhecido como mosquito da dengue.</t>
   </si>
   <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/821/pedido_de_providencia_28-2025_-_melhorias_nas_rua_padre_afonso_e_rua_amandio_gehlen.pdf</t>
+  </si>
+  <si>
+    <t>Requer PEDIDO DE PROVIDÊNCIA ao Poder Executivo Municipal a fim de que sejam realizadas melhorias nas Rua Padre Afonso e Rua Amândio Gehlen, ambas localizadas neste Município.</t>
+  </si>
+  <si>
     <t>639</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/639/brnb42200387569_004832.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/639/brnb42200387569_004832.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de servidores por tempo determinado e dá outras providências.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>Jander Luiz Loss</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/641/ploe_2-2025_projeto_biodigestor.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/641/ploe_2-2025_projeto_biodigestor.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/642/ploe_3-2025_projeto_biodigestor.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/642/ploe_3-2025_projeto_biodigestor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/643/ploe_4-2025_iluminacao_publica.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/643/ploe_4-2025_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/644/ploe_5-2025_iluminacao_publica.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/644/ploe_5-2025_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/645/ploe_6-2025_lago_coophamar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/645/ploe_6-2025_lago_coophamar.pdf</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/646/ploe_7-2025_lago_coophamar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/646/ploe_7-2025_lago_coophamar.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/647/ploe_8-2025_rolo_compactador_mapa-1-4.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/647/ploe_8-2025_rolo_compactador_mapa-1-4.pdf</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/648/ploe_9-2025_rolo_compactador_mapa.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/648/ploe_9-2025_rolo_compactador_mapa.pdf</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/649/ploe_10-2025_trator_agicola_mapa-1-3.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/649/ploe_10-2025_trator_agicola_mapa-1-3.pdf</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/650/ploe_11-2025_trator_agicola_mapa.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/650/ploe_11-2025_trator_agicola_mapa.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/651/ploe_12-2025_asfalto_sao_braz-1-4.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/651/ploe_12-2025_asfalto_sao_braz-1-4.pdf</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/652/ploe_13-2025_asfalto_sao_braz.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/652/ploe_13-2025_asfalto_sao_braz.pdf</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/653/ploe_14-2025_auxilio_transporte.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/653/ploe_14-2025_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse mensal de auxílio-transporte a estudantes matriculados em cursos superiores de graduação e dá outras providências.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/654/ploe_15-2025_-_permisao_de_uso_de_bem_publico.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/654/ploe_15-2025_-_permisao_de_uso_de_bem_publico.pdf</t>
   </si>
   <si>
     <t>Concede permissão de uso de bem público a título gratuito e precário.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/659/ploe_16-2025_-_revisao_geral_e_reajuste_aos_servidores.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/659/ploe_16-2025_-_revisao_geral_e_reajuste_aos_servidores.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e anual e reajuste aos vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/662/ploe_17-2025_-_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/662/ploe_17-2025_-_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de auxílio alimentação aos servidores públicos municipais do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/663/ploe_18-2025_-_parcelamento_de_solo_urbano.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/663/ploe_18-2025_-_parcelamento_de_solo_urbano.pdf</t>
   </si>
   <si>
     <t>Fica parcelado o solo urbano na modalidade de subdivisão de imóvel do lote n.º 06-Remanescente e a instituição de servidão de passagem</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/669/ploe_19-2025_acao_de_governo_-_onibus_escolares.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/669/ploe_19-2025_acao_de_governo_-_onibus_escolares.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024, publicada em 24/10/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/670/ploe_20-2025_credito_especial_-_onibus_escolares.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/670/ploe_20-2025_credito_especial_-_onibus_escolares.pdf</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/671/ploe_21-2025_acao_de_governo_-_terreno.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/671/ploe_21-2025_acao_de_governo_-_terreno.pdf</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/672/ploe_22-2025_credito_especial_-_terreno.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/672/ploe_22-2025_credito_especial_-_terreno.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/676/ploe_23-2025_doacao_de_imovel.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/676/ploe_23-2025_doacao_de_imovel.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar bens imóveis de sua propriedade ao Estado do Paraná e dá outras providências</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/678/ploe_24-2025_emenda_impositiva.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/678/ploe_24-2025_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Suplementar - Adequação orçamentária para execução de emenda individual impositiva.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/679/ploe_25-2025_credito_especial_-_auxilio.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/679/ploe_25-2025_credito_especial_-_auxilio.pdf</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/680/ploe_26-2025_credito_suplementar_-_auxilio.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/680/ploe_26-2025_credito_suplementar_-_auxilio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/682/ploe_27-2025_credito_suplementar_-_auxilio.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/682/ploe_27-2025_credito_suplementar_-_auxilio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/685/ploe_28-2025_acao_de_governo_-_veiculo_assistencia_social.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/685/ploe_28-2025_acao_de_governo_-_veiculo_assistencia_social.pdf</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/686/ploe_29-2025_credito_especial_-_veiculo_assistencia_social.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/686/ploe_29-2025_credito_especial_-_veiculo_assistencia_social.pdf</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/689/ploe_30-2025_acao_de_governo_-_ambulancias.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/689/ploe_30-2025_acao_de_governo_-_ambulancias.pdf</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/690/ploe_31-2025_credito_especial__-_ambulancias.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/690/ploe_31-2025_credito_especial__-_ambulancias.pdf</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/694/ploe_32-2025_km_15.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/694/ploe_32-2025_km_15.pdf</t>
   </si>
   <si>
     <t>Concede permissão de uso de bem público a título gratuito e precário</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/695/ploe_33-2025_santa_terezinha.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/695/ploe_33-2025_santa_terezinha.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/703/ploe_34-2025_cria_cargos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/703/ploe_34-2025_cria_cargos.pdf</t>
   </si>
   <si>
     <t>Altera redações, extingue e cria cargos e vagas previstos na Lei 2.135 de 11 de dezembro de 2013, Lei nº 2.096, de 23 de setembro de 2013 e Lei nº 1.923, de 05 de abril de 2012.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/705/ploe_35-2025_encargo_vias_publicas.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/705/ploe_35-2025_encargo_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.053/2002 para adequação ao art. 149-A da Constituição Federal, introduzido pela Emenda Constitucional nº 132/2023, e disciplina a contribuição para custeio de sistemas de monitoramento em logradouros públicos</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/713/ploe_36-2025_credito_suplementar_-_superavit_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/713/ploe_36-2025_credito_suplementar_-_superavit_saude.pdf</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/714/ploe_37-2025_credito_especial_-_superavit_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/714/ploe_37-2025_credito_especial_-_superavit_saude.pdf</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/715/ploe_38-2025_contratacao_farmaceutico.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/715/ploe_38-2025_contratacao_farmaceutico.pdf</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/716/ploe_39-2025_acao_de_governo_-_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/716/ploe_39-2025_acao_de_governo_-_saude.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal nº 2.953 de 22/11/2024 publicada em 24/10/2024, e dá outras providências</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/717/ploe_40-2025_convenio_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/717/ploe_40-2025_convenio_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com o Consórcio Intergestores Paraná Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>41</t>
-[...2 lines deleted...]
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/718/ploe_41-2025_credito_especial_-_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/718/ploe_41-2025_credito_especial_-_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal e proceder abertura de Crédito Adicional Especial, e dá outras providências</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>42</t>
-[...2 lines deleted...]
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/730/ploe_42-2025_divisao_de_viacao_e_obras.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/730/ploe_42-2025_divisao_de_viacao_e_obras.pdf</t>
   </si>
   <si>
     <t>Altera redação da Lei 2.135 de 11 de dezembro de 2013.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>43</t>
-[...2 lines deleted...]
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/733/ploe_43-2025_cargos_professor.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/733/ploe_43-2025_cargos_professor.pdf</t>
   </si>
   <si>
     <t>Cria vagas para os cargos de Professor e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>44</t>
-[...2 lines deleted...]
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/734/ploe_44-2025_cargos_servente_geral.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/734/ploe_44-2025_cargos_servente_geral.pdf</t>
   </si>
   <si>
     <t>Cria vagas de Servente-Geral, definido na Lei Municipal nº 2.096, de 23 de setembro de 2013.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/735/ploe_45-2025_cargos_assistente_social.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/735/ploe_45-2025_cargos_assistente_social.pdf</t>
   </si>
   <si>
     <t>Cria vagas de Assistente Social, definido na Lei Municipal nº 2.096, de 23 de setembro de 2013.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/736/ploe_46-2025_procurador_juridico.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/736/ploe_46-2025_procurador_juridico.pdf</t>
   </si>
   <si>
     <t>Altera redações, extingue e cria e vagas previstos na Lei Municipal nº 2.096, de 23 de setembro de 2013.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/737/ploe_47-2025_-_credito_-_onibus.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/737/ploe_47-2025_-_credito_-_onibus.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências - Ônibus Escolares.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/743/ploe_48-2025_credito_-_diversos_departamentos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/743/ploe_48-2025_credito_-_diversos_departamentos.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/750/ploe_49-2025_prorroga_plano_de_educacao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/750/ploe_49-2025_prorroga_plano_de_educacao.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação, aprovado por meio da Lei nº 2.292, de 24 de junho de 2015</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/753/ploe_50-2025_contratacao_temporaria.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/753/ploe_50-2025_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/754/ploe_51-2025_contratacao_temporaria_-_procurador_e_contador.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/754/ploe_51-2025_contratacao_temporaria_-_procurador_e_contador.pdf</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/760/ploe_52-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/760/ploe_52-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/761/ploe_53-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/761/ploe_53-2025.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/762/pl_van_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/762/pl_van_saude.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências - Veículo Van Saúde</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/763/pl_van_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/763/pl_van_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências.- Veículo Van Saúde.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/764/pl_veiculo_utilitario.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/764/pl_veiculo_utilitario.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências- Veículo Utilitário Meio Ambiente.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/765/pl_veiculo_utilitario.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/765/pl_veiculo_utilitario.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências- Veículo Utilitário Meio Ambiente.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/766/pl_onibus_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/766/pl_onibus_saude.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências- Veículo Ônibus Saúde.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/767/pl_onibus_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/767/pl_onibus_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências- Veículo Ônibus Saúde.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/768/pl_veiculos_adm.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/768/pl_veiculos_adm.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências- Veículos Administração.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/769/pl_veiculos_adm.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/769/pl_veiculos_adm.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências- Veículos Administração</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/770/pl_equipamento_transito.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/770/pl_equipamento_transito.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências- Máquina de Pintura Viária Trânsito.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/771/pl_equipamento_transito.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/771/pl_equipamento_transito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências- Máquina de Pintura Viária Trânsito.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/772/pl_maq_equip_agricultura.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/772/pl_maq_equip_agricultura.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal No 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.953 de 22/10/2024 publicada em 24/10/2024, e dá outras providências- Máquinas e Equipamentos Agricultura</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/773/pl_maq_equip_agricultura.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/773/pl_maq_equip_agricultura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências- Máquinas e Equipamentos Agricultura.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/778/ploe_66-2025_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/778/ploe_66-2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Marmeleiro, Estado do Paraná, para o quadriênio de 2026 a 2029.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/779/ploe_67-2025_-_ldo_2026.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/779/ploe_67-2025_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/781/ploe_68-2025_-_credito_especial_-_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/781/ploe_68-2025_-_credito_especial_-_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Van Depto. Saúde</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/785/ploe_69-2025_iptu.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/785/ploe_69-2025_iptu.pdf</t>
   </si>
   <si>
     <t>Institui a Planta Genérica de Valores e define critérios para a apuração do valor venal dos imóveis sujeitos à incidência do Imposto Sobre a Propriedade Predial e Territorial Urbana (IPTU) de Marmeleiro-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/787/ploe_70-2025_vaga_para_psicologo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/787/ploe_70-2025_vaga_para_psicologo.pdf</t>
   </si>
   <si>
     <t>Cria vaga de Psicólogo, definido na Lei Municipal nº 2.096, de 23 de setembro de 2013</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/788/pl.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/788/pl.pdf</t>
   </si>
   <si>
     <t>Altera redação da Lei nº 2.135 de 11 de dezembro de 2013.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/789/ploe_72-2025_-_divisao_do_patrimonio_e_criacao_de_cargos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/789/ploe_72-2025_-_divisao_do_patrimonio_e_criacao_de_cargos.pdf</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/790/ploe_73-2025_-_criacao_nutricionista.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/790/ploe_73-2025_-_criacao_nutricionista.pdf</t>
   </si>
   <si>
     <t>Cria vaga de Nutricionista, definido na Lei Municipal nº 2.096, de 23 de setembro de 2013.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/800/mensagem_no_50.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/800/mensagem_no_50.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/804/ploe_75-2025.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/804/ploe_75-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a 3ª Alteração Contratual do Contrato de Consórcio do Consórcio Intermunicipal e Interestadual de Municípios – Santa Catarina Paraná e Rio Grande do Sul - de Segurança Alimentar, Atenção a Sanidade Agropecuária e Desenvolvimento local - CONSAD.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/805/ploe_76-2025_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/805/ploe_76-2025_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional suplementar.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/807/ploe_77-2025_-_ampliar_carga_horaria_do_servidor_engenheiro_civil.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/807/ploe_77-2025_-_ampliar_carga_horaria_do_servidor_engenheiro_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação da carga horária de servidores ocupantes do cargo de Engenheiro Civil do Quadro Efetivo do Município de Marmeleiro e dá outras providências.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/808/ploe_78-2025_-_aceitar_doacao_de_projetos_de_engenharia_pelo_viveiro_baldissarelli.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/808/ploe_78-2025_-_aceitar_doacao_de_projetos_de_engenharia_pelo_viveiro_baldissarelli.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a aceitar a doação de projetos de engenharia e respectivas adequações técnicas realizadas pela empresa Viveiro Baldissarelli Ltda, e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_acoes_ppa_e_ldo_2026.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_acoes_ppa_e_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Inclui e altera valores de Ações de Governo no Plano Plurianual, Lei Municipal No 3.034 de 23/10/2025, publicada em 24/10/2025, e Lei de Diretrizes Orçamentárias, Lei nº 3.037 de 30/10/2025, publicada em 31/10/2025  para o exercício de 2026.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/817/ploe_80-2025_-_loa_2026.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/817/ploe_80-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Exercício de 2026.</t>
   </si>
   <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/819/ploe_81-2025_-_cargo_assessor_de_acoes.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação e cria o cargo de Assessor de Ações Governamentais na Lei 2.135 de 11 de dezembro de 2013.</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/824/ploe_-_82-2025_-_motoniveladora.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta Ação de Governo no Plano Plurianual e Lei de Diretrizes Orçamentárias par ao exercício de 2025 - Motoniveladora Viação.</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/825/ploe_83-2025_-_diarias.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação do Anexo I, da Lei nº 2.765 de 4 de março de 2022 e altera o valor unitário das diárias.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/826/ploe_84-2025_-_motoniveladora.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Motoniveladora Viação.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/827/ploe_85-2025_-_veiculo_sedan_saude_-_acrescenta.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta Ação de Governo no Plano Plurianual e Lei de Diretrizes Orçamentárias par ao exercício de 2025 - Veículo Sedan Saúde - SECID</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/828/ploe_86-2025_-_veiculo_sedan_saude_-_abrir_credito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Veículo Sedan Saúde - SECID</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/829/ploe_87-2025_-_veiculo_pick_up_assistencia_-_acrescentar.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta Ação de Governo no Plano Plurianual e Lei de Diretrizes Orçamentárias par ao exercício de 2025 - Veículo Pick Up Assistência</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/830/ploe_88-2025_-_veiculo_pick_up_assistencia_-_abrir_credito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Veículo Pick Up Assistência</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/831/ploe_89-2025_-_maquinas_e_equipamentos_agricultura_-_abrir_credito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Máquinas e Equipamentos Agricultura</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/832/ploe_90-2025_-_maquinas_veiculo_e_equipamentos_de_limpeza_-_urbanismo_-_acrescenta.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta Ação de Governo no Plano Plurianual e Lei de Diretrizes Orçamentárias par ao exercício de 2025 - Máquinas, Veículo e Equipamentos de Limpeza - Urbanismo</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/833/ploe_91-2025_-_ploe_90-2025_-_maquinas_veiculo_e_equipamentos_de_limpeza_-_urbanismo_-_abrir_credito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/834/ploe_92-2025_-_veiculo_van_furgao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial - Veículo Van Furgão</t>
+  </si>
+  <si>
     <t>751</t>
   </si>
   <si>
     <t>PDLEG</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COFIDE - Comissão de Orçamento, Finanças, Infraestrutura e Desenvolvimento Econômico</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/751/projeto_de_decreto_legislativo_1-2025_-_contas_executivo_2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/751/projeto_de_decreto_legislativo_1-2025_-_contas_executivo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da prestação de contas do Poder Executivo do Município de Marmeleiro, Estado do Paraná, referente ao exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_decreto_legislativo_2-2025_-_contas_legislativo_2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_decreto_legislativo_2-2025_-_contas_legislativo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da prestação de contas do Poder Legislativo do Município de Marmeleiro, Estado do Paraná, referente ao exercício financeiro de 2023</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Poder Legislativo Municipal - PLM</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_resolucao_1-2025_-_credito_suplementar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_resolucao_1-2025_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar no Orçamento Geral da Câmara Municipal de Vereadores de Marmeleiro – Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_1-2025_-_justificativa_de_falta_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_1-2025_-_justificativa_de_falta_-_ade.pdf</t>
   </si>
   <si>
     <t>Requer ao Plenário da Câmara Municipal de Marmeleiro, conforme inciso V do Art. 24 e inciso V do Art. 134 do Regimento Interno desta Casa de Leis, aprovação de justificativa de falta em Sessão Plenária realizada no dia 1º de abril de 2025.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>Pedrão</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_2-2025_-_justificativa_de_falta_-_pedrao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_2-2025_-_justificativa_de_falta_-_pedrao.pdf</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>Requer ao Plenário da Câmara Municipal de Marmeleiro, conforme inciso V do Art. 24 e inciso V do Art. 134 do Regimento Interno desta Casa de Leis, aprovação de justificativa de falta em Sessão Plenária realizada no dia 22 de abril de 2025.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_4-2025_-_convocacao_-_ade.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_4-2025_-_convocacao_-_ade.pdf</t>
   </si>
   <si>
     <t>Requer ao Plenário da Câmara Municipal de Marmeleiro, considerando o inciso X do art. 11 da Lei Orgânica Municipal, o inciso XII do art. 135 e o artigo 203 do Regimento Interno desta Casa, a convocação do Diretor do Departamento de Administração e Planejamento, Gilmar Gehlen, para esclarecimentos sobre a pavimentação asfáltica do Reassentamento Itaíba.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_5-2025_-_justificativa_de_falta_-_nego.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_5-2025_-_justificativa_de_falta_-_nego.pdf</t>
   </si>
   <si>
     <t>Requer ao Plenário da Câmara Municipal de Marmeleiro, conforme inciso V do Art. 24 e inciso V do Art. 134 do Regimento Interno desta Casa de Leis, aprovação de justificativa de falta em Sessão Plenária realizada no dia 10 de junho de 2025.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_6-2025_-_audiencia_publica_-_rosangela.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_6-2025_-_audiencia_publica_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Nos termos do inciso V e parágrafo 5º do artigo 3º e inciso XIII do artigo 135 do Regimento Interno desta Casa Legislativa, venho respeitosamente requerer a Vossas Excelências a aprovação de realização de uma Audiência Pública para tratar do seguinte tema:_x000D_
 Acesso seguro à Escola Municipal Perseverança – alternativas para a melhoria da segurança viária no entorno da unidade escolar.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_7-2025_-_mudanca_data_audiencia_publica_-_edson.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_7-2025_-_mudanca_data_audiencia_publica_-_edson.pdf</t>
   </si>
   <si>
     <t>Nos termos do inciso V e parágrafo 5º do artigo 3º e inciso XIII do artigo 135 do Regimento Interno desta Casa Legislativa, venho respeitosamente requerer a Vossas Excelências a alteração de data da realização da Audiência Pública, aprovada na Sessão Ordinária do dia 19 de agosto de 2025, sobre acesso seguro à Escola Municipal Perseverança – alternativas para a melhoria da segurança viária no entorno da unidade escolar para o dia 4 de setembro de 2025, no mesmo horário e local.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_8-2025_-_justificativa_de_falta_-_karine.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_8-2025_-_justificativa_de_falta_-_karine.pdf</t>
   </si>
   <si>
     <t>Requer ao Plenário da Câmara Municipal de Marmeleiro, conforme inciso V do Art. 24 e inciso V do Art. 134 do Regimento Interno desta Casa de Leis, aprovação de justificativa de falta em Sessão Plenária realizada no dia 07 de outubro de 2025.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>PLOS</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/640/mensagem_no_02__emenda_substitutiva.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/640/mensagem_no_02__emenda_substitutiva.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de servidores por tempo determinado e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2191,68 +2399,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/791/plce_1-2025_-_novo_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_1-2025_-_revisao_porteira_adentro_-_nego_-_rosmari_-_pedrao_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/656/indicacao_2-2025_-_pocos_artesianos_-_nego_-_rosmari_-_pedrao_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_3-2025_-_transito_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_5-2025_-_revisao_plano_de_cargos_-_karine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_6-2025_-_atendimento_preferencial_-_nego_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_7-2025_-_rua_neri_batista_cabral_-_edson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_10-2025_-_programa_municipal_de_axilio_ao_material_escolar_-_analice.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_11-2025_-_psicologo_e_servico_social_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_13-2025_-_rua_jair_policeno_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_14-2025_-_auxiliares_administrativos_nas_escolas_-_analice.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_15-2025_-_cargo_de_agente_municipal_de_transito_-_analice.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_17-2025_-_engenheiros_-_rosangela_-_edson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_18-2025_-_limepeza_fossas_septicas_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_24-2025_-_bolsa_atleta_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_29-2025_-_estrada_rural_sao_mateus_-_pedrao_-_nego_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_31-2025_-_audiencia_publica_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_32-2025_-paver_tres_pinheiros_-_nego_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_33-2025_-_km_15_-_nego_-_pedrao_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_no_34-2025_-_sensor_glicose_-_edson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_35-2025_-_vagas_escolas_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_36-2025_-_nascer_bem_parana_-_rosangela_-_edson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_37-2025_-_bons_olhos_parana_-_rosangela__-_edson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_38-2025_-_brinquedos_inclusivos_nas_pracas_e_nas_escolas__-_analice.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_39-2025_-_ginasio__-_analice-ade-karine-edson-rosangela.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/701/mocao_honrosa_1-2025_-_profs_marcia_e_neli_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_honrosa_2-2025_-_dojo_atemi_-_analice.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/783/mocao_4-2025_-_pastor_joao_maria_-_nego_lavacar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/813/mocao_5-2025_de_aplauso_futebol_40_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/815/mocao_6-2025_de_aplauso_futsal_-_ade-analice-edson-karine-rosangela-pedro-nego-rosmari-suzana.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/706/oficio_camara_-_alteracao_texto_projeto_de_lei_ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/794/oficio_camara.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/673/plol_1-2025_-_recomposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/677/plol_2-2025_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/698/plol_3-2025_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/811/plol_4-2025_-_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_providencia_1-2025_-_biofiltro_sanepar_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/658/pedido_de_providencia_2-2025_-_cameras_de_seguranca_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/691/pedido_de_providencia_3-2025_-_placas_de_transito_no_interior_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/692/pedido_de_providencia_4-2025_-_rede_de_esgoto_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/693/pedido_de_providencia_5-2025_-_redutor_de_velocidade_-_ade.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/696/pedido_de_providencia_6-2025_-_rede_wi-fi_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/724/pedido_de_providencia_7-2025_-_enxurradas_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/725/pedido_de_providencia_8-2025_-_farmacia_-_ade.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/726/pedido_de_providencia_9-2025_-_motoristas_-_ade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pedido_de_providencia_10-2025_-_vagas_para_cadeirantes_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/742/pedido_de_providencia_11-2025_-_parquinho_-_ade.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/746/pedido_de_providencia_12-2025_-_entrada_colegio_bom_jesus_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/747/pedido_de_providencia_13-2025_-_seguranca_nas_escolas_-_psicologos_-_analice_-_rosangela_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/748/pedido_de_providencia_14-2025_-_melhorias_escola_souza_naves_-_ade.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/749/pedido_de_providencia_15-2025_-_acessibilidade_comunidades_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/756/pedido_de_providencia_16-2025_-_revitalizacao_parquinho_infantil_-_rosangela_e_demais.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/774/pedido_de_providencia_17-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/775/pedido_de_providencia_18-2025_-_cemiterio_municipal_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/784/pedido_de_providencia_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/793/pedido_de_providencia_20-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/798/pedido_de_providencia_21-2025_-_reforma_parquinho_jardim_bandeira_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/801/pedido_de_providencia_22-2025_-_rede_de_esgoto_vila_marini_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/802/pedido_de_providencia_23-2025_-_rede_de_esgoto_jardim_bandeira_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/809/pedido_de_providencia_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/810/pedido_de_providencia_26-2025_-_estrada_agua_branca_-_ade.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/812/pedido_de_providencia_27-2025_-_fumace_-_ade-rosangela-karine-edson-analice.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/639/brnb42200387569_004832.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/641/ploe_2-2025_projeto_biodigestor.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/642/ploe_3-2025_projeto_biodigestor.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/643/ploe_4-2025_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/644/ploe_5-2025_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/645/ploe_6-2025_lago_coophamar.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/646/ploe_7-2025_lago_coophamar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/647/ploe_8-2025_rolo_compactador_mapa-1-4.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/648/ploe_9-2025_rolo_compactador_mapa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/649/ploe_10-2025_trator_agicola_mapa-1-3.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/650/ploe_11-2025_trator_agicola_mapa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/651/ploe_12-2025_asfalto_sao_braz-1-4.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/652/ploe_13-2025_asfalto_sao_braz.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/653/ploe_14-2025_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/654/ploe_15-2025_-_permisao_de_uso_de_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/659/ploe_16-2025_-_revisao_geral_e_reajuste_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/662/ploe_17-2025_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/663/ploe_18-2025_-_parcelamento_de_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/669/ploe_19-2025_acao_de_governo_-_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/670/ploe_20-2025_credito_especial_-_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/671/ploe_21-2025_acao_de_governo_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/672/ploe_22-2025_credito_especial_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/676/ploe_23-2025_doacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/678/ploe_24-2025_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/679/ploe_25-2025_credito_especial_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/680/ploe_26-2025_credito_suplementar_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/682/ploe_27-2025_credito_suplementar_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/685/ploe_28-2025_acao_de_governo_-_veiculo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/686/ploe_29-2025_credito_especial_-_veiculo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/689/ploe_30-2025_acao_de_governo_-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/690/ploe_31-2025_credito_especial__-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/694/ploe_32-2025_km_15.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/695/ploe_33-2025_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/703/ploe_34-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/705/ploe_35-2025_encargo_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/713/ploe_36-2025_credito_suplementar_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/714/ploe_37-2025_credito_especial_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/715/ploe_38-2025_contratacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/716/ploe_39-2025_acao_de_governo_-_saude.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/717/ploe_40-2025_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/718/ploe_41-2025_credito_especial_-_saude.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/730/ploe_42-2025_divisao_de_viacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/733/ploe_43-2025_cargos_professor.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/734/ploe_44-2025_cargos_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/735/ploe_45-2025_cargos_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/736/ploe_46-2025_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/737/ploe_47-2025_-_credito_-_onibus.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/743/ploe_48-2025_credito_-_diversos_departamentos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/750/ploe_49-2025_prorroga_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/753/ploe_50-2025_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/754/ploe_51-2025_contratacao_temporaria_-_procurador_e_contador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/760/ploe_52-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/761/ploe_53-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/762/pl_van_saude.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/763/pl_van_saude.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/764/pl_veiculo_utilitario.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/765/pl_veiculo_utilitario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/766/pl_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/767/pl_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/768/pl_veiculos_adm.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/769/pl_veiculos_adm.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/770/pl_equipamento_transito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/771/pl_equipamento_transito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/772/pl_maq_equip_agricultura.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/773/pl_maq_equip_agricultura.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/778/ploe_66-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/779/ploe_67-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/781/ploe_68-2025_-_credito_especial_-_saude.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/785/ploe_69-2025_iptu.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/787/ploe_70-2025_vaga_para_psicologo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/788/pl.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/789/ploe_72-2025_-_divisao_do_patrimonio_e_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/790/ploe_73-2025_-_criacao_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/800/mensagem_no_50.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/804/ploe_75-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/805/ploe_76-2025_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/807/ploe_77-2025_-_ampliar_carga_horaria_do_servidor_engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/808/ploe_78-2025_-_aceitar_doacao_de_projetos_de_engenharia_pelo_viveiro_baldissarelli.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_acoes_ppa_e_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/817/ploe_80-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/751/projeto_de_decreto_legislativo_1-2025_-_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_decreto_legislativo_2-2025_-_contas_legislativo_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_resolucao_1-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_1-2025_-_justificativa_de_falta_-_ade.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_2-2025_-_justificativa_de_falta_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_4-2025_-_convocacao_-_ade.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_5-2025_-_justificativa_de_falta_-_nego.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_6-2025_-_audiencia_publica_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_7-2025_-_mudanca_data_audiencia_publica_-_edson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_8-2025_-_justificativa_de_falta_-_karine.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/640/mensagem_no_02__emenda_substitutiva.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/791/plce_1-2025_-_novo_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/655/indicacao_1-2025_-_revisao_porteira_adentro_-_nego_-_rosmari_-_pedrao_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/656/indicacao_2-2025_-_pocos_artesianos_-_nego_-_rosmari_-_pedrao_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_3-2025_-_transito_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/666/indicacao_5-2025_-_revisao_plano_de_cargos_-_karine.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/667/indicacao_6-2025_-_atendimento_preferencial_-_nego_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_7-2025_-_rua_neri_batista_cabral_-_edson.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_10-2025_-_programa_municipal_de_axilio_ao_material_escolar_-_analice.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_11-2025_-_psicologo_e_servico_social_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_13-2025_-_rua_jair_policeno_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_14-2025_-_auxiliares_administrativos_nas_escolas_-_analice.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_15-2025_-_cargo_de_agente_municipal_de_transito_-_analice.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_17-2025_-_engenheiros_-_rosangela_-_edson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_18-2025_-_limepeza_fossas_septicas_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_24-2025_-_bolsa_atleta_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_29-2025_-_estrada_rural_sao_mateus_-_pedrao_-_nego_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_31-2025_-_audiencia_publica_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_32-2025_-paver_tres_pinheiros_-_nego_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_33-2025_-_km_15_-_nego_-_pedrao_-_rosmari_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_no_34-2025_-_sensor_glicose_-_edson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_35-2025_-_vagas_escolas_-_rosangela_-_ade_-_karine_-_ana_-_edson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_36-2025_-_nascer_bem_parana_-_rosangela_-_edson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_37-2025_-_bons_olhos_parana_-_rosangela__-_edson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_38-2025_-_brinquedos_inclusivos_nas_pracas_e_nas_escolas__-_analice.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_39-2025_-_ginasio__-_analice-ade-karine-edson-rosangela.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_41-2025_-_defesa_civil_-_edson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/823/indicacao_42-2025_-_plano_de_abandono_e_emergencia_-_rosangela_-_edson_-_karine_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_43-2025_-_formacao_continuada_operadores_de_maquinas.docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_44-2025_-_ginasio_de_esportosauxilio-alimentacao_-_risangela_karine_adenilson_edson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/701/mocao_honrosa_1-2025_-_profs_marcia_e_neli_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/702/mocao_honrosa_2-2025_-_dojo_atemi_-_analice.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/783/mocao_4-2025_-_pastor_joao_maria_-_nego_lavacar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/813/mocao_5-2025_de_aplauso_futebol_40_-_suzana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/815/mocao_6-2025_de_aplauso_futsal_-_ade-analice-edson-karine-rosangela-pedro-nego-rosmari-suzana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/822/mocao_2-2025_-_apoio_ao_leite.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/706/oficio_camara_-_alteracao_texto_projeto_de_lei_ass.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/794/oficio_camara.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/673/plol_1-2025_-_recomposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/677/plol_2-2025_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/698/plol_3-2025_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/811/plol_4-2025_-_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/837/plol_5-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/657/pedido_de_providencia_1-2025_-_biofiltro_sanepar_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/658/pedido_de_providencia_2-2025_-_cameras_de_seguranca_-_rosangela_-_ade_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/691/pedido_de_providencia_3-2025_-_placas_de_transito_no_interior_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/692/pedido_de_providencia_4-2025_-_rede_de_esgoto_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/693/pedido_de_providencia_5-2025_-_redutor_de_velocidade_-_ade.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/696/pedido_de_providencia_6-2025_-_rede_wi-fi_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/724/pedido_de_providencia_7-2025_-_enxurradas_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/725/pedido_de_providencia_8-2025_-_farmacia_-_ade.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/726/pedido_de_providencia_9-2025_-_motoristas_-_ade.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pedido_de_providencia_10-2025_-_vagas_para_cadeirantes_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/742/pedido_de_providencia_11-2025_-_parquinho_-_ade.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/746/pedido_de_providencia_12-2025_-_entrada_colegio_bom_jesus_-_rosangela_-_adenilson_-_karine_-_edson_-_analice.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/747/pedido_de_providencia_13-2025_-_seguranca_nas_escolas_-_psicologos_-_analice_-_rosangela_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/748/pedido_de_providencia_14-2025_-_melhorias_escola_souza_naves_-_ade.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/749/pedido_de_providencia_15-2025_-_acessibilidade_comunidades_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/756/pedido_de_providencia_16-2025_-_revitalizacao_parquinho_infantil_-_rosangela_e_demais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/774/pedido_de_providencia_17-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/775/pedido_de_providencia_18-2025_-_cemiterio_municipal_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/784/pedido_de_providencia_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/793/pedido_de_providencia_20-2025_-_rua_dos_pavoes_-_rosangela_-_analice_-_karine_-_edson_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/798/pedido_de_providencia_21-2025_-_reforma_parquinho_jardim_bandeira_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/801/pedido_de_providencia_22-2025_-_rede_de_esgoto_vila_marini_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/802/pedido_de_providencia_23-2025_-_rede_de_esgoto_jardim_bandeira_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/809/pedido_de_providencia_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/810/pedido_de_providencia_26-2025_-_estrada_agua_branca_-_ade.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/812/pedido_de_providencia_27-2025_-_fumace_-_ade-rosangela-karine-edson-analice.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/821/pedido_de_providencia_28-2025_-_melhorias_nas_rua_padre_afonso_e_rua_amandio_gehlen.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/639/brnb42200387569_004832.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/641/ploe_2-2025_projeto_biodigestor.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/642/ploe_3-2025_projeto_biodigestor.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/643/ploe_4-2025_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/644/ploe_5-2025_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/645/ploe_6-2025_lago_coophamar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/646/ploe_7-2025_lago_coophamar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/647/ploe_8-2025_rolo_compactador_mapa-1-4.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/648/ploe_9-2025_rolo_compactador_mapa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/649/ploe_10-2025_trator_agicola_mapa-1-3.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/650/ploe_11-2025_trator_agicola_mapa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/651/ploe_12-2025_asfalto_sao_braz-1-4.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/652/ploe_13-2025_asfalto_sao_braz.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/653/ploe_14-2025_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/654/ploe_15-2025_-_permisao_de_uso_de_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/659/ploe_16-2025_-_revisao_geral_e_reajuste_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/662/ploe_17-2025_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/663/ploe_18-2025_-_parcelamento_de_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/669/ploe_19-2025_acao_de_governo_-_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/670/ploe_20-2025_credito_especial_-_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/671/ploe_21-2025_acao_de_governo_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/672/ploe_22-2025_credito_especial_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/676/ploe_23-2025_doacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/678/ploe_24-2025_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/679/ploe_25-2025_credito_especial_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/680/ploe_26-2025_credito_suplementar_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/682/ploe_27-2025_credito_suplementar_-_auxilio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/685/ploe_28-2025_acao_de_governo_-_veiculo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/686/ploe_29-2025_credito_especial_-_veiculo_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/689/ploe_30-2025_acao_de_governo_-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/690/ploe_31-2025_credito_especial__-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/694/ploe_32-2025_km_15.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/695/ploe_33-2025_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/703/ploe_34-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/705/ploe_35-2025_encargo_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/713/ploe_36-2025_credito_suplementar_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/714/ploe_37-2025_credito_especial_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/715/ploe_38-2025_contratacao_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/716/ploe_39-2025_acao_de_governo_-_saude.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/717/ploe_40-2025_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/718/ploe_41-2025_credito_especial_-_saude.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/730/ploe_42-2025_divisao_de_viacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/733/ploe_43-2025_cargos_professor.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/734/ploe_44-2025_cargos_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/735/ploe_45-2025_cargos_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/736/ploe_46-2025_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/737/ploe_47-2025_-_credito_-_onibus.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/743/ploe_48-2025_credito_-_diversos_departamentos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/750/ploe_49-2025_prorroga_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/753/ploe_50-2025_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/754/ploe_51-2025_contratacao_temporaria_-_procurador_e_contador.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/760/ploe_52-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/761/ploe_53-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/762/pl_van_saude.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/763/pl_van_saude.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/764/pl_veiculo_utilitario.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/765/pl_veiculo_utilitario.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/766/pl_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/767/pl_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/768/pl_veiculos_adm.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/769/pl_veiculos_adm.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/770/pl_equipamento_transito.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/771/pl_equipamento_transito.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/772/pl_maq_equip_agricultura.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/773/pl_maq_equip_agricultura.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/778/ploe_66-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/779/ploe_67-2025_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/781/ploe_68-2025_-_credito_especial_-_saude.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/785/ploe_69-2025_iptu.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/787/ploe_70-2025_vaga_para_psicologo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/788/pl.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/789/ploe_72-2025_-_divisao_do_patrimonio_e_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/790/ploe_73-2025_-_criacao_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/800/mensagem_no_50.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/804/ploe_75-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/805/ploe_76-2025_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/807/ploe_77-2025_-_ampliar_carga_horaria_do_servidor_engenheiro_civil.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/808/ploe_78-2025_-_aceitar_doacao_de_projetos_de_engenharia_pelo_viveiro_baldissarelli.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/816/projeto_acoes_ppa_e_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/817/ploe_80-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/819/ploe_81-2025_-_cargo_assessor_de_acoes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/824/ploe_-_82-2025_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/825/ploe_83-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/826/ploe_84-2025_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/827/ploe_85-2025_-_veiculo_sedan_saude_-_acrescenta.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/828/ploe_86-2025_-_veiculo_sedan_saude_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/829/ploe_87-2025_-_veiculo_pick_up_assistencia_-_acrescentar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/830/ploe_88-2025_-_veiculo_pick_up_assistencia_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/831/ploe_89-2025_-_maquinas_e_equipamentos_agricultura_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/832/ploe_90-2025_-_maquinas_veiculo_e_equipamentos_de_limpeza_-_urbanismo_-_acrescenta.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/833/ploe_91-2025_-_ploe_90-2025_-_maquinas_veiculo_e_equipamentos_de_limpeza_-_urbanismo_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/834/ploe_92-2025_-_veiculo_van_furgao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/751/projeto_de_decreto_legislativo_1-2025_-_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_decreto_legislativo_2-2025_-_contas_legislativo_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/674/projeto_de_resolucao_1-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_1-2025_-_justificativa_de_falta_-_ade.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_2-2025_-_justificativa_de_falta_-_pedrao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_4-2025_-_convocacao_-_ade.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_5-2025_-_justificativa_de_falta_-_nego.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_6-2025_-_audiencia_publica_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_7-2025_-_mudanca_data_audiencia_publica_-_edson.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_8-2025_-_justificativa_de_falta_-_karine.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2025/640/mensagem_no_02__emenda_substitutiva.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H173"/>
+  <dimension ref="A1:H192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3312,3443 +3520,3937 @@
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42" t="s">
         <v>178</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H42" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="D43" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="E43" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" t="s">
+        <v>140</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>186</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="F44" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>187</v>
       </c>
       <c r="H44" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>189</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D45" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="F45" t="s">
         <v>28</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="H45" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>32</v>
+        <v>194</v>
       </c>
       <c r="D46" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="E46" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="F46" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="H46" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="E47" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="F47" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H47" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D48" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="E48" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="F48" t="s">
-        <v>115</v>
+        <v>59</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H48" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D49" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E49" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="H49" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="E50" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>208</v>
       </c>
       <c r="H50" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>210</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
+        <v>198</v>
+      </c>
+      <c r="E51" t="s">
+        <v>199</v>
+      </c>
+      <c r="F51" t="s">
+        <v>84</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D52" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="E52" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="F52" t="s">
-        <v>213</v>
+        <v>115</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D53" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="E53" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="F53" t="s">
-        <v>213</v>
+        <v>140</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="H53" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>219</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>220</v>
+      </c>
+      <c r="E54" t="s">
+        <v>221</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
+        <v>225</v>
+      </c>
+      <c r="E55" t="s">
         <v>226</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="F55" t="s">
+      <c r="H55" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D56" t="s">
+        <v>230</v>
+      </c>
+      <c r="E56" t="s">
         <v>231</v>
       </c>
-      <c r="B56" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F56" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H56" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D57" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E57" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F57" t="s">
-        <v>28</v>
+        <v>232</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D58" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E58" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F58" t="s">
-        <v>28</v>
+        <v>232</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H58" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E59" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F59" t="s">
-        <v>241</v>
+        <v>115</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="H59" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>244</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D60" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E60" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F60" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H60" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>247</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E61" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F61" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>23</v>
+      </c>
+      <c r="D62" t="s">
+        <v>248</v>
+      </c>
+      <c r="E62" t="s">
+        <v>249</v>
+      </c>
+      <c r="F62" t="s">
         <v>250</v>
       </c>
-      <c r="B62" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G62" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H62" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D63" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E63" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F63" t="s">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H63" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="D64" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E64" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F64" t="s">
         <v>28</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H64" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E65" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F65" t="s">
-        <v>241</v>
+        <v>263</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="H65" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="D66" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E66" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F66" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H66" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="D67" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E67" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F67" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H67" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="D68" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E68" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F68" t="s">
-        <v>241</v>
+        <v>273</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="H68" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="D69" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E69" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F69" t="s">
-        <v>115</v>
+        <v>263</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="H69" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="D70" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E70" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F70" t="s">
-        <v>140</v>
+        <v>28</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="H70" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="D71" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E71" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F71" t="s">
-        <v>228</v>
+        <v>263</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="H71" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="D72" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E72" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F72" t="s">
         <v>115</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="D73" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E73" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F73" t="s">
         <v>115</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="H73" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="D74" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E74" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F74" t="s">
-        <v>115</v>
+        <v>263</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H74" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D75" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E75" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F75" t="s">
-        <v>241</v>
+        <v>115</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H75" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>106</v>
+        <v>83</v>
       </c>
       <c r="D76" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E76" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F76" t="s">
-        <v>241</v>
+        <v>140</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H76" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E77" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F77" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H77" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E78" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F78" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>34</v>
+        <v>304</v>
       </c>
       <c r="H78" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="D79" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E79" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F79" t="s">
-        <v>241</v>
+        <v>115</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="H79" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>122</v>
+        <v>99</v>
       </c>
       <c r="D80" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E80" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F80" t="s">
-        <v>241</v>
+        <v>115</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="H80" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="D81" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="E81" t="s">
-        <v>227</v>
+        <v>249</v>
       </c>
       <c r="F81" t="s">
-        <v>115</v>
+        <v>263</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="H81" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="D82" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E82" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>263</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H82" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>23</v>
+        <v>110</v>
       </c>
       <c r="D83" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E83" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F83" t="s">
-        <v>316</v>
+        <v>263</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H83" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>27</v>
+        <v>114</v>
       </c>
       <c r="D84" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E84" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F84" t="s">
-        <v>316</v>
+        <v>88</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>320</v>
+        <v>34</v>
       </c>
       <c r="H84" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="D85" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E85" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F85" t="s">
-        <v>316</v>
+        <v>263</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H85" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>37</v>
+        <v>122</v>
       </c>
       <c r="D86" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E86" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F86" t="s">
-        <v>316</v>
+        <v>263</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H86" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>41</v>
+        <v>125</v>
       </c>
       <c r="D87" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E87" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F87" t="s">
-        <v>316</v>
+        <v>115</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H87" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>46</v>
+        <v>128</v>
       </c>
       <c r="D88" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="E88" t="s">
-        <v>312</v>
+        <v>249</v>
       </c>
       <c r="F88" t="s">
-        <v>316</v>
+        <v>140</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="H88" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E89" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F89" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="H89" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D90" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E90" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F90" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="D91" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E91" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F91" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="H91" t="s">
-        <v>318</v>
+        <v>346</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="D92" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E92" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F92" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="H92" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="D93" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E93" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F93" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="H93" t="s">
-        <v>318</v>
+        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="D94" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E94" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F94" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="H94" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="D95" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E95" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F95" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="H95" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="D96" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E96" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F96" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="D97" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E97" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F97" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="D98" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E98" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="D99" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E99" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="D100" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E100" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="D101" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E101" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H101" t="s">
-        <v>321</v>
+        <v>346</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="D102" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E102" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H102" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="D103" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E103" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="H103" t="s">
-        <v>321</v>
+        <v>372</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="D104" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E104" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="H104" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="D105" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E105" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="H105" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="D106" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E106" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F106" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="H106" t="s">
-        <v>321</v>
+        <v>381</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>122</v>
+        <v>96</v>
       </c>
       <c r="D107" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E107" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F107" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="H107" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="D108" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E108" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="H108" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="D109" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E109" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="H109" t="s">
-        <v>359</v>
+        <v>384</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>131</v>
+        <v>106</v>
       </c>
       <c r="D110" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E110" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="H110" t="s">
-        <v>321</v>
+        <v>346</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>135</v>
+        <v>110</v>
       </c>
       <c r="D111" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E111" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="H111" t="s">
-        <v>359</v>
+        <v>393</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>139</v>
+        <v>114</v>
       </c>
       <c r="D112" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E112" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="H112" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>144</v>
+        <v>119</v>
       </c>
       <c r="D113" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E113" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="H113" t="s">
-        <v>390</v>
+        <v>346</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="D114" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E114" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="H114" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>153</v>
+        <v>125</v>
       </c>
       <c r="D115" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E115" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="H115" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>157</v>
+        <v>128</v>
       </c>
       <c r="D116" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E116" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="H116" t="s">
-        <v>398</v>
+        <v>384</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>161</v>
+        <v>131</v>
       </c>
       <c r="D117" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E117" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="H117" t="s">
-        <v>376</v>
+        <v>346</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="D118" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E118" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="H118" t="s">
-        <v>321</v>
+        <v>384</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>169</v>
+        <v>139</v>
       </c>
       <c r="D119" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E119" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="H119" t="s">
-        <v>314</v>
+        <v>346</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D120" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E120" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="H120" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>177</v>
+        <v>149</v>
       </c>
       <c r="D121" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E121" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="H121" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>412</v>
+        <v>153</v>
       </c>
       <c r="D122" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E122" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="H122" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>416</v>
+        <v>157</v>
       </c>
       <c r="D123" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E123" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H123" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>420</v>
+        <v>161</v>
       </c>
       <c r="D124" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E124" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H124" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>424</v>
+        <v>165</v>
       </c>
       <c r="D125" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E125" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H125" t="s">
-        <v>426</v>
+        <v>346</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>428</v>
+        <v>169</v>
       </c>
       <c r="D126" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E126" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H126" t="s">
-        <v>430</v>
+        <v>339</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>432</v>
+        <v>173</v>
       </c>
       <c r="D127" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E127" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="H127" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>436</v>
+        <v>177</v>
       </c>
       <c r="D128" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E128" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="H128" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>440</v>
+        <v>182</v>
       </c>
       <c r="D129" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E129" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="H129" t="s">
-        <v>376</v>
+        <v>438</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>443</v>
+        <v>186</v>
       </c>
       <c r="D130" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E130" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="H130" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>447</v>
+        <v>190</v>
       </c>
       <c r="D131" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E131" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="H131" t="s">
-        <v>314</v>
+        <v>444</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>450</v>
+        <v>194</v>
       </c>
       <c r="D132" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E132" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="H132" t="s">
-        <v>314</v>
+        <v>447</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D133" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E133" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F133" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="H133" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D134" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E134" t="s">
-        <v>312</v>
+        <v>337</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="H134" t="s">
-        <v>321</v>
+        <v>455</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="D135" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E135" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="H135" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D136" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E136" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="H136" t="s">
-        <v>466</v>
+        <v>401</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D137" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E137" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="H137" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D138" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E138" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="H138" t="s">
-        <v>474</v>
+        <v>339</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="D139" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E139" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="H139" t="s">
-        <v>478</v>
+        <v>339</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="D140" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E140" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="H140" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="D141" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E141" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>337</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="H141" t="s">
-        <v>486</v>
+        <v>346</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="D142" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E142" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="H142" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="D143" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E143" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="H143" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="D144" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E144" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="H144" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="D145" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E145" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="H145" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="D146" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E146" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="H146" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="D147" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E147" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="H147" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="D148" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E148" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="H148" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="D149" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E149" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="H149" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="D150" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E150" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F150" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="H150" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="D151" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E151" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="H151" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="D152" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E152" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="H152" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="D153" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E153" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="H153" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="D154" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E154" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="H154" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="D155" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E155" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="H155" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="D156" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E156" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="H156" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="D157" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E157" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="H157" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="D158" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E158" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="H158" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="D159" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E159" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="H159" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="D160" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E160" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="H160" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="D161" t="s">
-        <v>311</v>
+        <v>336</v>
       </c>
       <c r="E161" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="H161" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>560</v>
       </c>
       <c r="D162" t="s">
-        <v>567</v>
+        <v>336</v>
       </c>
       <c r="E162" t="s">
-        <v>568</v>
+        <v>337</v>
       </c>
       <c r="F162" t="s">
-        <v>569</v>
+        <v>13</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="H162" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>23</v>
+        <v>564</v>
       </c>
       <c r="D163" t="s">
-        <v>567</v>
+        <v>336</v>
       </c>
       <c r="E163" t="s">
-        <v>568</v>
+        <v>337</v>
       </c>
       <c r="F163" t="s">
-        <v>569</v>
+        <v>13</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="H163" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>568</v>
       </c>
       <c r="D164" t="s">
-        <v>576</v>
+        <v>336</v>
       </c>
       <c r="E164" t="s">
-        <v>577</v>
+        <v>337</v>
       </c>
       <c r="F164" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="H164" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>572</v>
       </c>
       <c r="D165" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E165" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F165" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="H165" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>23</v>
+        <v>576</v>
       </c>
       <c r="D166" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E166" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F166" t="s">
-        <v>587</v>
+        <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>588</v>
+        <v>577</v>
       </c>
       <c r="H166" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>27</v>
+        <v>580</v>
       </c>
       <c r="D167" t="s">
+        <v>336</v>
+      </c>
+      <c r="E167" t="s">
+        <v>337</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H167" t="s">
         <v>582</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>32</v>
+        <v>584</v>
       </c>
       <c r="D168" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E168" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F168" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="H168" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>37</v>
+        <v>588</v>
       </c>
       <c r="D169" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E169" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F169" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="H169" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>41</v>
+        <v>592</v>
       </c>
       <c r="D170" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E170" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F170" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="H170" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>46</v>
+        <v>596</v>
       </c>
       <c r="D171" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E171" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F171" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="H171" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>51</v>
+        <v>600</v>
       </c>
       <c r="D172" t="s">
-        <v>582</v>
+        <v>336</v>
       </c>
       <c r="E172" t="s">
-        <v>583</v>
+        <v>337</v>
       </c>
       <c r="F172" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="H172" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>604</v>
       </c>
       <c r="D173" t="s">
-        <v>607</v>
+        <v>336</v>
       </c>
       <c r="E173" t="s">
-        <v>608</v>
+        <v>337</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H173" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>607</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>608</v>
+      </c>
+      <c r="D174" t="s">
+        <v>336</v>
+      </c>
+      <c r="E174" t="s">
+        <v>337</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="H173" t="s">
+      <c r="H174" t="s">
         <v>610</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>611</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>612</v>
+      </c>
+      <c r="D175" t="s">
+        <v>336</v>
+      </c>
+      <c r="E175" t="s">
+        <v>337</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H175" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>615</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>616</v>
+      </c>
+      <c r="D176" t="s">
+        <v>336</v>
+      </c>
+      <c r="E176" t="s">
+        <v>337</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H176" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>619</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>620</v>
+      </c>
+      <c r="D177" t="s">
+        <v>336</v>
+      </c>
+      <c r="E177" t="s">
+        <v>337</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H177" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>623</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>624</v>
+      </c>
+      <c r="D178" t="s">
+        <v>336</v>
+      </c>
+      <c r="E178" t="s">
+        <v>337</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H178" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>627</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>628</v>
+      </c>
+      <c r="D179" t="s">
+        <v>336</v>
+      </c>
+      <c r="E179" t="s">
+        <v>337</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H179" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>631</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>632</v>
+      </c>
+      <c r="D180" t="s">
+        <v>336</v>
+      </c>
+      <c r="E180" t="s">
+        <v>337</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H180" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>635</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>10</v>
+      </c>
+      <c r="D181" t="s">
+        <v>636</v>
+      </c>
+      <c r="E181" t="s">
+        <v>637</v>
+      </c>
+      <c r="F181" t="s">
+        <v>638</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H181" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>641</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>23</v>
+      </c>
+      <c r="D182" t="s">
+        <v>636</v>
+      </c>
+      <c r="E182" t="s">
+        <v>637</v>
+      </c>
+      <c r="F182" t="s">
+        <v>638</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H182" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>644</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>10</v>
+      </c>
+      <c r="D183" t="s">
+        <v>645</v>
+      </c>
+      <c r="E183" t="s">
+        <v>646</v>
+      </c>
+      <c r="F183" t="s">
+        <v>647</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H183" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>650</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>10</v>
+      </c>
+      <c r="D184" t="s">
+        <v>651</v>
+      </c>
+      <c r="E184" t="s">
+        <v>652</v>
+      </c>
+      <c r="F184" t="s">
+        <v>263</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H184" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>655</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>23</v>
+      </c>
+      <c r="D185" t="s">
+        <v>651</v>
+      </c>
+      <c r="E185" t="s">
+        <v>652</v>
+      </c>
+      <c r="F185" t="s">
+        <v>656</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H185" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>658</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>27</v>
+      </c>
+      <c r="D186" t="s">
+        <v>651</v>
+      </c>
+      <c r="E186" t="s">
+        <v>652</v>
+      </c>
+      <c r="F186" t="s">
+        <v>100</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H186" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>660</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" t="s">
+        <v>651</v>
+      </c>
+      <c r="E187" t="s">
+        <v>652</v>
+      </c>
+      <c r="F187" t="s">
+        <v>263</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H187" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>663</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>37</v>
+      </c>
+      <c r="D188" t="s">
+        <v>651</v>
+      </c>
+      <c r="E188" t="s">
+        <v>652</v>
+      </c>
+      <c r="F188" t="s">
+        <v>100</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H188" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>666</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>41</v>
+      </c>
+      <c r="D189" t="s">
+        <v>651</v>
+      </c>
+      <c r="E189" t="s">
+        <v>652</v>
+      </c>
+      <c r="F189" t="s">
+        <v>28</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H189" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>669</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>46</v>
+      </c>
+      <c r="D190" t="s">
+        <v>651</v>
+      </c>
+      <c r="E190" t="s">
+        <v>652</v>
+      </c>
+      <c r="F190" t="s">
+        <v>47</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H190" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>672</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>51</v>
+      </c>
+      <c r="D191" t="s">
+        <v>651</v>
+      </c>
+      <c r="E191" t="s">
+        <v>652</v>
+      </c>
+      <c r="F191" t="s">
+        <v>33</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H191" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>675</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>10</v>
+      </c>
+      <c r="D192" t="s">
+        <v>676</v>
+      </c>
+      <c r="E192" t="s">
+        <v>677</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H192" t="s">
+        <v>679</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6881,50 +7583,69 @@
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>