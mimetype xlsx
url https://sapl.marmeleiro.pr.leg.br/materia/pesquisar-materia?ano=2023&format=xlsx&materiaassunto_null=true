--- v0 (2025-11-21)
+++ v1 (2026-03-06)
@@ -54,1135 +54,1135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Poder Legislativo Municipal - PLM</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/454/lei_organica_de_marmeleiro.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/454/lei_organica_de_marmeleiro.pdf</t>
   </si>
   <si>
     <t>Altera, acrescenta e suprime dispositivos e consolida o texto da Lei Orgânica Municipal de Marmeleiro.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_1-2023_-_retro_projetor_-__gallina.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_1-2023_-_retro_projetor_-__gallina.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação em todas as salas das Escolas Municipais um retro projetor, um notebook e a reorganização das salas de informática</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vera Dapont</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/497/indicacao_2-2023_-_atendimento_odontologico_-__vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/497/indicacao_2-2023_-_atendimento_odontologico_-__vera.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o retorno do atendimento Odontológico no Distrito de Alto São Mateus.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_3-2023_-_veiculo_-__vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_3-2023_-_veiculo_-__vera.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a disposição de um veículo do Departamento de Saúde para plantão nos finais de semana no Distrito de Alto São Mateus.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Alécio Bottega</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_4-2023_-_recape_asfaltico_-_alecio_e_claudia.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_4-2023_-_recape_asfaltico_-_alecio_e_claudia.pdf</t>
   </si>
   <si>
     <t>Os vereadores Alécio Bottega e Claudimara Escopeli Baggio, indicam ao Executivo Municipal um Recape Asfáltivo na rua Marginal, em frente ao Centro Municipal de Educação Regina Veronica Muller (CMEI).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Cindo</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_5-2023_-_curso_primeiro_socorros_-_todos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_5-2023_-_curso_primeiro_socorros_-_todos.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para a contratação de empresa para curso de primeiros socorros a todos os professores do município, funcionários da educação e todos os motoristas efetivos do município, conforme a Lei Nº 13.722/2018 do Governo Federal.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_6-2023_-_vagas_para_pessoas_com_deficiencia_-_vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_6-2023_-_vagas_para_pessoas_com_deficiencia_-_vera.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a disponibilidade de vagas para pessoas com deficiência (PCD) como política pública municipal, inclusive vagas de estágio, sobretudo, no Departamento de Educação.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_7-2023_-_paver_nas_calcadas__-_vanderlei.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_7-2023_-_paver_nas_calcadas__-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que seja colocado piso intertravado de concreto tipo paver nas calçadas das ruas Laurindo Crestani, Padre Afonso e Amândio Gehlen.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_8-2023_-_iluminacao_em_todas_as_escolas_e_cmeis___-_vanderlei.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_8-2023_-_iluminacao_em_todas_as_escolas_e_cmeis___-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito melhorias na iluminação em todas as Escolas e CMEIS principalmente na parte externa e também em outros lugares que são necessários.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_9-2023_-_recape_asfaltico__-_alecio.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_9-2023_-_recape_asfaltico__-_alecio.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito um recape asfáltico no prolongamento da Rua Esidoro Lírio Flach.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Tivica</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_10-2023_-_iluminacao__-_tivica.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_10-2023_-_iluminacao__-_tivica.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja colocado postes de iluminação na ponte grande localizada na PR-180.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_11-2023_-_curso_de_violao__-_vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_11-2023_-_curso_de_violao__-_vera.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o oferecimento de curso de violão na Escola Municipal Rural Novo Progresso.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve indicam ao Executivo Municipal a contratação de um médico geriatra para atendimento em Marmeleiro.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_13-2023_-_sensor_de_glicose_-_vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_13-2023_-_sensor_de_glicose_-_vera.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação de um programa por meio da Secretária Municipal de Saúde que ofereça o acesso gratuito ao sensor de glicose Freestyle Libre, um dispositivo que permite a medição do açúcar no sangue sem a necessidade de picadas nos dedos, para crianças.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Indica a instalação de lâmpadas Led em bairros que ainda não possuem.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Lu Berti</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal alteração do logradouro público conhecido atualmente como Rua Seis, localizado no município de Marmeleiro, passa a ser chamado de Rua José Ivanir Pilatti.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Indica recape asfáltico na Rua João de Barro do Bairro Jardim Bandeira, Marmeleiro-PR.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
     <t>Eleandro Vieira</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_do_legislativo_1-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_do_legislativo_1-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar Incentivo Financeiro Adicional aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Concede reposição salarial aos ocupantes de cargos de provimento efetivo e cargos em comissão da Câmara Municipal de Marmeleiro e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>Concede recomposição aos subsídios dos Agentes Políticos do Município de Marmeleiro.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Professor Vanderlei, Cláudia Baggio</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/429/plol_-_04-2023_-_semana_municipal_-_claudia_e_vanderlei.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/429/plol_-_04-2023_-_semana_municipal_-_claudia_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização do Transtorno do Espectro Autista, no Município de Marmeleiro e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Ribelato</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/438/plol_-_05-2023_-_cidadao_honorario_-_irineu.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/438/plol_-_05-2023_-_cidadao_honorario_-_irineu.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Marmeleiro, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/450/plol_-_06-2023_-_acamsop_-_mesa_diretora.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/450/plol_-_06-2023_-_acamsop_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal filiar-se e a contribuir mensalmente com a Associação das Câmaras Municipais do Sudoeste do Paraná-ACAMSOP.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/451/plol_-_07-2023_-_altera_dispositivos_resolucao_002-2013.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/451/plol_-_07-2023_-_altera_dispositivos_resolucao_002-2013.pdf</t>
   </si>
   <si>
     <t>Revoga parágrafo e acrescenta artigos na Resolução nº 002/2013, homologada pela Lei 2136/2013 da Câmara Municipal de Marmeleiro, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/464/plol_-_08-2023_-_ctg_-_todos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/464/plol_-_08-2023_-_ctg_-_todos.pdf</t>
   </si>
   <si>
     <t>Torna de Utilidade Pública o Centro de Tradições Gaúchas Laçando a Tradição de Marmeleiro, Paraná.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/536/plol_-_09-2023_-_licenca_premio_-_mesa_diretora.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/536/plol_-_09-2023_-_licenca_premio_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Recepciona a Resolução nº 002/2013, homologada pela Lei nº 2.136/2013, acrescenta e revoga artigos e parágrafos e dá outras providências.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plol_-_10-2023_altera_nome_de_rua_ribelatto.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plol_-_10-2023_altera_nome_de_rua_ribelatto.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura de logradouro público que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Paulo Jair Pilati</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/551/mensagem_no_29-2023_-_plol_no_09-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/551/mensagem_no_29-2023_-_plol_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Veto ao PLOL 09/2023.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>PPROV</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/422/pedido_de_providencia_01-2023_-academia_externa-_vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/422/pedido_de_providencia_01-2023_-academia_externa-_vera.pdf</t>
   </si>
   <si>
     <t>A instalação de uma Academia ao Ar Livre no Bairro Ipiranga.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_providencia_02-2023_-a_instalacao_de_um_ponto_de_onibus_-vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_providencia_02-2023_-a_instalacao_de_um_ponto_de_onibus_-vera.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal para a instalação de um ponto de ônibus/abrigo de estudantes no São Mateus.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_providencia_03-2023_-ponte_-_vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_providencia_03-2023_-ponte_-_vera.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal para adequação da ponte em frente a Igreja no São Mateus.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_providencia_04-2023_-_reabrir_o_posto_policial_-_cindo_e_ribelato.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_providencia_04-2023_-_reabrir_o_posto_policial_-_cindo_e_ribelato.pdf</t>
   </si>
   <si>
     <t>Requerem Pedido de Providência ao Executivo Municipal para reabrir o Posto Policial Militar no Distrito de Alto São Mateus.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_providencia_05-2023_-_patrulhamento_e_cascalhamento_-_cindo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_providencia_05-2023_-_patrulhamento_e_cascalhamento_-_cindo.pdf</t>
   </si>
   <si>
     <t>Requer Pedido de Providência ao Executivo Municipal patrulhamento e cascalhamento na estrada velha em sentido Vila Roma até a divisa com Renascença.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/512/pedido_de_providencia_06-2021_-_recape_asfaltico_marginal_pr_280_-_alecio_claudimara_e_luciani.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/512/pedido_de_providencia_06-2021_-_recape_asfaltico_marginal_pr_280_-_alecio_claudimara_e_luciani.pdf</t>
   </si>
   <si>
     <t>Requerem Pedido de Providência ao Executivo Municipal para recapeamento asfáltico na marginal esquerda, sentido Renascença, da PR 280.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>RVET</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/434/mensagem_no_06-2023_-_ploe_no_02-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/434/mensagem_no_06-2023_-_ploe_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Mensagem Nº 06 referente ao Projeto de Lei Ordinária do Poder Executivo Municipal Nº 02/2023.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/435/mensagem_no_07-2023_-_plol_no_01-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/435/mensagem_no_07-2023_-_plol_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Mensagem Nº 07/2023 referente ao Projeto de Lei Ordinária do Poder Legislativo Nº 01/2023.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/417/ploe_01-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/417/ploe_01-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/418/ploe_-_02-2023_-_reajuste.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/418/ploe_-_02-2023_-_reajuste.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual e reajuste aos vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ploe_-_03-2023_-_consad.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ploe_-_03-2023_-_consad.pdf</t>
   </si>
   <si>
     <t>Ratifica a 2" alteração do Contrato de Consórcio do Consórcio Intermunicipal e Interestadual de Municípios - Santa Catarina, Paraná e Rio Grande do Sul de Segurança Alimentar, Atenção à Sanidade Agropecuária e Desenvolvimento Local (CONSAD) e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ploe_-_04-2023_-_ppa_ldo_asfalto_marginal_sedu.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ploe_-_04-2023_-_ppa_ldo_asfalto_marginal_sedu.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/421/ploe_-_05-2023_-_credito_especial_pavim_marginal.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/421/ploe_-_05-2023_-_credito_especial_pavim_marginal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/423/ploe_-_06-2023_-_ppa_ldo_veiculo_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/423/ploe_-_06-2023_-_ppa_ldo_veiculo_saude.pdf</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/424/ploe_-_07-2023_-__credito_especial_veic._saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/424/ploe_-_07-2023_-__credito_especial_veic._saude.pdf</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/425/ploe_-_08-2023_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/425/ploe_-_08-2023_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura, organização funcionamento do Conselho Tutelar Marmeleiro e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/428/ploe_-_09-2023_-_credito_adicional_suplementar_rio_santa_rita.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/428/ploe_-_09-2023_-_credito_adicional_suplementar_rio_santa_rita.pdf</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ploe_-_10-20223_-__ppa_ldo_veiculo_viacao_e_urbanismo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ploe_-_10-20223_-__ppa_ldo_veiculo_viacao_e_urbanismo.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ações de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias,_x000D_
 Lei Municipal Nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ploe_-_11-2023_-_credito_especial_veiculo_viacao_e_urbanismo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ploe_-_11-2023_-_credito_especial_veiculo_viacao_e_urbanismo.pdf</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ploe_-_12-2023_-_pps_ldo_veiculo_agricultura_seab.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ploe_-_12-2023_-_pps_ldo_veiculo_agricultura_seab.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/433/ploe_-_13-2023_-_credito_especial_veiculo_agricultura_seab.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/433/ploe_-_13-2023_-_credito_especial_veiculo_agricultura_seab.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/436/ploe_-_14-2023_-_altera_dominacoes_de_escolas_municipais_rurais.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/436/ploe_-_14-2023_-_altera_dominacoes_de_escolas_municipais_rurais.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de Escolas Municipais Rurais, revoga as Leis Municipais Nº 337/1985 e 337/1987.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/437/ploe_-_15-2023_-_auxilio-transporte.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/437/ploe_-_15-2023_-_auxilio-transporte.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse mensal de auxílio-transporte a estudantes matriculados em cursos superiores de graduação e dá outras providências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/439/ploe_-_16-2023_-_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/439/ploe_-_16-2023_-_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Marmeleiro, e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/440/ploe_-_17-2023_-_unidades_orcamentarias.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/440/ploe_-_17-2023_-_unidades_orcamentarias.pdf</t>
   </si>
   <si>
     <t>Inclui Unidades Orçamentárias, inclui, altera e exclui valores de Ações de Governo no Plano Plurianual, Lei Municipal N o 2.734 de 16/11/2021, publicada_x000D_
 em 17/11/2021, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/441/ploe_-_18-2023_-_diretrizes_para_elaboracao_da_lei_orcamentaria.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/441/ploe_-_18-2023_-_diretrizes_para_elaboracao_da_lei_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/442/ploe_-_19-2023_-_ppa_ldo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/442/ploe_-_19-2023_-_ppa_ldo.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, na Lei de Diretrizes Orçamentárias,_x000D_
 Lei Municipal Nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/443/ploe_-_20_-2023_-_credito_especial.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/443/ploe_-_20_-2023_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/444/ploe_-_21-2023_-_ppa_ldo_ponte.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/444/ploe_-_21-2023_-_ppa_ldo_ponte.pdf</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/445/ploe_-_22-2023_-_credito_adicional_especial_ponte.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/445/ploe_-_22-2023_-_credito_adicional_especial_ponte.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/446/ploe_-_23-2023_-_ppa_ldo_-_lago.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/446/ploe_-_23-2023_-_ppa_ldo_-_lago.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/447/ploe_-_24-2023_-_credito_adicional_especial_-_lago.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/447/ploe_-_24-2023_-_credito_adicional_especial_-_lago.pdf</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/448/ploe_-_25-2023_-_cria_vagas_para_cargos_de_professores.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/448/ploe_-_25-2023_-_cria_vagas_para_cargos_de_professores.pdf</t>
   </si>
   <si>
     <t>Cria vagas para os cargos de Professor e Professor de Educação lnfantil e dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/453/ploe_-_26-2023_-_uniforme.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/453/ploe_-_26-2023_-_uniforme.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição gratuita de uniformes escolares aos alunos da rede pública municipal de educação infantil e ensino fundamental do Município de Marmeleiro, PR.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/456/ploe_-_27-2023_-_cria_vagas_para_cargos_do_quadro_geral.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/456/ploe_-_27-2023_-_cria_vagas_para_cargos_do_quadro_geral.pdf</t>
   </si>
   <si>
     <t>Cria vagas para cargos do Quadro Geral do Poder Executivo de Marmeleiro previsto na Lei nº 2.096, de 23 de setembro de 2013.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/457/ploe_-_28-2023_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/457/ploe_-_28-2023_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/458/ploe_-_29-2023_-_ppa_ldo_-_instalacoes_toldos_escolas.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/458/ploe_-_29-2023_-_ppa_ldo_-_instalacoes_toldos_escolas.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ações de Governo no Plano Plurianual, Lei Municipal nº 2.734 de 16/11/2021, publicada em 17/11/2021, Lei de Diretrizes Orçamentárias, Lei Municipal nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/459/ploe_-_30-2023_-_credito_adicional_especial_-_instalacoes_toldos_escolas.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/459/ploe_-_30-2023_-_credito_adicional_especial_-_instalacoes_toldos_escolas.pdf</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/460/ploe_-_31-2023_-_altera_o_artigo_2o_da_lei_2.865_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/460/ploe_-_31-2023_-_altera_o_artigo_2o_da_lei_2.865_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2° da Lei 2.865, de 30 de maio de 2023.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/461/ploe_-_32-2023_-contratacao_temporaria.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/461/ploe_-_32-2023_-contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de servidores por tempo determinado e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/462/ploe_-_33-2023_-altera_nomenclatura_e_valores_de_acoes_de_governo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/462/ploe_-_33-2023_-altera_nomenclatura_e_valores_de_acoes_de_governo.pdf</t>
   </si>
   <si>
     <t>Altera nomenclatura e valores de Ações de Governo no Plano Plurianual, Lei Municipal n° 2.734 de 16/11/2021, publicada em 17/11/2021, para os exercícios de 2024 e 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/513/ploe_-_35-2023_-_bem_imovel_publico.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/513/ploe_-_35-2023_-_bem_imovel_publico.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso de bem imóvel público e dá outras providências.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/514/ploe_-_36-2023_-_ppa_ldo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/514/ploe_-_36-2023_-_ppa_ldo.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal N° 2.734 de 16/11/2021, publicada em 17/11/2021, Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/515/ploe_-_37-2023_-_credito_adicional_especial.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/515/ploe_-_37-2023_-_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/516/ploe_-_38-2023_-_alienacao_de_bens_moveis_inserviveis.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/516/ploe_-_38-2023_-_alienacao_de_bens_moveis_inserviveis.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à alienação de bens móveis inservíveis do patrimônio do município e dá outras providências.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/533/ploe_-_39-2023_-_ppa_ldo_-_imovel_e_obras_saude.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/533/ploe_-_39-2023_-_ppa_ldo_-_imovel_e_obras_saude.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ações de Governo no Plano Plurianual, Lei Municipal nº 2.734 de 16/11/2021, publicada em 17/11/2021, Lei de Diretrizes Orçamentárias, Lei_x000D_
 Municipal nº 2.877 de 06/10/2023 publicada em 06/10/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_40-2023.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_40-2023.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/538/ploe_-_41-2023_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/538/ploe_-_41-2023_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/539/ploe_-_42-2023_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/539/ploe_-_42-2023_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento dos valores recebidos a título de assistência financeira complementar da União para o cumprimento do piso salarial nacional estabelecido pela Lei nacional nº 14.434, de 4 de agosto de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/542/ploe_-_43-2023_-_arborizacao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/542/ploe_-_43-2023_-_arborizacao.pdf</t>
   </si>
   <si>
     <t>lnstitui o Plano Municipal de Arborização Urbana do Município de Marmeleiro e dá outras providências.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/543/ploe_-_44-2023_-_doacao_de_area.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/543/ploe_-_44-2023_-_doacao_de_area.pdf</t>
   </si>
   <si>
     <t>Fica parcelado o solo urbano da modalidade de subdivisão de imóvel do lote nº 58 - C da Gleba nº 01 e autoriza a doação de área para Município de Marmeleiro.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/544/ploe_-_45-2023_-_afetacao.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/544/ploe_-_45-2023_-_afetacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afetação de áreas urbanas e autoriza a criação de extensão de rua e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/545/ploe_-_46-2023_-_logradouro.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/545/ploe_-_46-2023_-_logradouro.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua situada no Município de Marmeleiro como "Rua José Ivanir Pilatti".</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/546/ploe_-_47-2023_-_ppa_ldo_equipamentos_convenio_mapa.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/546/ploe_-_47-2023_-_ppa_ldo_equipamentos_convenio_mapa.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal nº 2.734 de 16/11/2021, publicada em 17/11/2021, Lei de Diretrizes Orçamentárias Lei Municipal nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/547/ploe_-_48-2023_-_credito_adicional_equipamentos_convenio_mapa.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/547/ploe_-_48-2023_-_credito_adicional_equipamentos_convenio_mapa.pdf</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/548/ploe_-_49-2023_-_ppa_ldo_iluminacao_publica.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/548/ploe_-_49-2023_-_ppa_ldo_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação de Governo no Plano Plurianual, Lei Municipal Nº 2.734 de 16/11/2021, publicada em 17/11/2021, Lei de Diretrizes Orçamentárias, Lei Municipal Nº 2.810 de 08/07/2022 publicada em 11/07/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/549/ploe_-_50-2023_-_credito_adicional_iluminacao_publica.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/549/ploe_-_50-2023_-_credito_adicional_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/550/ploe_-_51-2023_-_credito_suplementar_-_recape_asfaltico.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/550/ploe_-_51-2023_-_credito_suplementar_-_recape_asfaltico.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/552/ploe_-_52-2023_-_credito_especial_-_lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/552/ploe_-_52-2023_-_credito_especial_-_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>RQLEG</t>
   </si>
   <si>
     <t>Requerimento Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_1-2023_-_calcamento_-_vera-_ao_legislativo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_1-2023_-_calcamento_-_vera-_ao_legislativo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de ofício ao Poder Executivo Municipal solicitando informações a respeito do calçamento de pedras irregulares na Comunidade de Novo Progresso e da Barra Bonita, no Assentamento José Eduardo Raduan.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_2-2023_-_poco_artesiano_-__vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_2-2023_-_poco_artesiano_-__vera.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de ofício ao Poder Executivo Municipal solicitando informações a respeito da construção do poço artesiano na Comunidade de Nossa Senhora de Fátima, no Assentamento José Eduardo Raduan.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/520/requerimento_3-2023_-_passeata_-__vera.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/520/requerimento_3-2023_-_passeata_-__vera.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro autorização para participar de caravana de vereadores, prefeitos e lideranças em Brasília entre os dias 13 e 17 de março de 2023.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_4-2023_-_tercerizacao_dos_servicos_-_gallina.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_4-2023_-_tercerizacao_dos_servicos_-_gallina.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre a terceirização dos serviços de estradas rurais e serviços urbanos.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_5-2023_-_taxa_de_iluminacao_publica__-__gallina.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_5-2023_-_taxa_de_iluminacao_publica__-__gallina.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre taxa de iluminação pública.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>Cláudia Baggio</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_6-2023_-_marcha-__todos.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_6-2023_-_marcha-__todos.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro autorização para participar da XXII Marcha dos Legislativos Municipais em Brasília entre os dias 25 a 28 de abril de 2023.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_7-2023_-_solicitando_informacoes__-_vera_-_ao_legislativo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_7-2023_-_solicitando_informacoes__-_vera_-_ao_legislativo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de Ofício ao Poder Executivo Municipal solicitando informações a respeito da arrecadação com o ICMS Ecológico no ano de 2022 e investimento dos recursos de forma detalhada.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_8-2023_-_infromacoes_auxilio_transporte__-_gallina_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_8-2023_-_infromacoes_auxilio_transporte__-_gallina_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de Ofício ao Poder Executivo Municipal informações sobre auxílio transporte para estudantes.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_9-2023_-_diretor_do_departamento_municipal___-_vera_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_9-2023_-_diretor_do_departamento_municipal___-_vera_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de ofício ao Poder Executivo Municipal convocando, de forma imediata, o Diretor do Departamento Municipal de Saúde, Wagner Luiz Barrela, conforme a Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_10-2023_-_relatorio_da_composicao_de_todos_os_conselhos_municipais____-_vera_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_10-2023_-_relatorio_da_composicao_de_todos_os_conselhos_municipais____-_vera_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo de Marmeleiro encaminhamento de ofício ao Poder Executivo Municipal solicitando relatório da composição de todos os Conselhos Municipais de Marmeleiro.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_11-2023_-_taxa_de_iluminacao_publica_-_gallina_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_11-2023_-_taxa_de_iluminacao_publica_-_gallina_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_12-2023_-_sobra_financeira_do_legislativo_-_gallina_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_12-2023_-_sobra_financeira_do_legislativo_-_gallina_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre onde foi gasto o valor da sobra financeira do Legislativo do ano de 2022.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_13-2023_-_informacoes_sobre_a_revitalizacao_das_avenidas_macali_e_dambros_e_piva__-_gallina_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_13-2023_-_informacoes_sobre_a_revitalizacao_das_avenidas_macali_e_dambros_e_piva__-_gallina_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre a revitalização das Avenidas Macali e Dambros e Piva e recape asfáltico em outras ruas.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_14-2023_-_informacoes_sobre_construcao_de_barracoes_para_industrias__-_gallina_-_ao_executivo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_14-2023_-_informacoes_sobre_construcao_de_barracoes_para_industrias__-_gallina_-_ao_executivo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre construção de barracões para indústrias.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/537/pr_-_01-2023_-_porcentagem_emendas_impositivas_-_mesa_diretora.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/537/pr_-_01-2023_-_porcentagem_emendas_impositivas_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Atualiza dispositivos do Regimento Interno da Câmara do Município de Marmeleiro, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_1-2023_-relatorio-_tivica_e_cindo.pdf</t>
+    <t>http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_1-2023_-relatorio-_tivica_e_cindo.pdf</t>
   </si>
   <si>
     <t>Os vereadores Alcindo Neriques Dias e Vilson Hartiwig, requerem ao Poder Executivo Municipal Relatório de todas as empresas que mantém Comodato/Contratos com a Prefeitura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1489,68 +1489,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/454/lei_organica_de_marmeleiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_1-2023_-_retro_projetor_-__gallina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/497/indicacao_2-2023_-_atendimento_odontologico_-__vera.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_3-2023_-_veiculo_-__vera.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_4-2023_-_recape_asfaltico_-_alecio_e_claudia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_5-2023_-_curso_primeiro_socorros_-_todos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_6-2023_-_vagas_para_pessoas_com_deficiencia_-_vera.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_7-2023_-_paver_nas_calcadas__-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_8-2023_-_iluminacao_em_todas_as_escolas_e_cmeis___-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_9-2023_-_recape_asfaltico__-_alecio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_10-2023_-_iluminacao__-_tivica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_11-2023_-_curso_de_violao__-_vera.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_13-2023_-_sensor_de_glicose_-_vera.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_do_legislativo_1-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/429/plol_-_04-2023_-_semana_municipal_-_claudia_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/438/plol_-_05-2023_-_cidadao_honorario_-_irineu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/450/plol_-_06-2023_-_acamsop_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/451/plol_-_07-2023_-_altera_dispositivos_resolucao_002-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/464/plol_-_08-2023_-_ctg_-_todos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/536/plol_-_09-2023_-_licenca_premio_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plol_-_10-2023_altera_nome_de_rua_ribelatto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/551/mensagem_no_29-2023_-_plol_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/422/pedido_de_providencia_01-2023_-academia_externa-_vera.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_providencia_02-2023_-a_instalacao_de_um_ponto_de_onibus_-vera.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_providencia_03-2023_-ponte_-_vera.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_providencia_04-2023_-_reabrir_o_posto_policial_-_cindo_e_ribelato.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_providencia_05-2023_-_patrulhamento_e_cascalhamento_-_cindo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/512/pedido_de_providencia_06-2021_-_recape_asfaltico_marginal_pr_280_-_alecio_claudimara_e_luciani.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/434/mensagem_no_06-2023_-_ploe_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/435/mensagem_no_07-2023_-_plol_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/417/ploe_01-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/418/ploe_-_02-2023_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ploe_-_03-2023_-_consad.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ploe_-_04-2023_-_ppa_ldo_asfalto_marginal_sedu.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/421/ploe_-_05-2023_-_credito_especial_pavim_marginal.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/423/ploe_-_06-2023_-_ppa_ldo_veiculo_saude.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/424/ploe_-_07-2023_-__credito_especial_veic._saude.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/425/ploe_-_08-2023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/428/ploe_-_09-2023_-_credito_adicional_suplementar_rio_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ploe_-_10-20223_-__ppa_ldo_veiculo_viacao_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ploe_-_11-2023_-_credito_especial_veiculo_viacao_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ploe_-_12-2023_-_pps_ldo_veiculo_agricultura_seab.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/433/ploe_-_13-2023_-_credito_especial_veiculo_agricultura_seab.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/436/ploe_-_14-2023_-_altera_dominacoes_de_escolas_municipais_rurais.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/437/ploe_-_15-2023_-_auxilio-transporte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/439/ploe_-_16-2023_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/440/ploe_-_17-2023_-_unidades_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/441/ploe_-_18-2023_-_diretrizes_para_elaboracao_da_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/442/ploe_-_19-2023_-_ppa_ldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/443/ploe_-_20_-2023_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/444/ploe_-_21-2023_-_ppa_ldo_ponte.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/445/ploe_-_22-2023_-_credito_adicional_especial_ponte.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/446/ploe_-_23-2023_-_ppa_ldo_-_lago.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/447/ploe_-_24-2023_-_credito_adicional_especial_-_lago.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/448/ploe_-_25-2023_-_cria_vagas_para_cargos_de_professores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/453/ploe_-_26-2023_-_uniforme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/456/ploe_-_27-2023_-_cria_vagas_para_cargos_do_quadro_geral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/457/ploe_-_28-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/458/ploe_-_29-2023_-_ppa_ldo_-_instalacoes_toldos_escolas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/459/ploe_-_30-2023_-_credito_adicional_especial_-_instalacoes_toldos_escolas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/460/ploe_-_31-2023_-_altera_o_artigo_2o_da_lei_2.865_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/461/ploe_-_32-2023_-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/462/ploe_-_33-2023_-altera_nomenclatura_e_valores_de_acoes_de_governo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/513/ploe_-_35-2023_-_bem_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/514/ploe_-_36-2023_-_ppa_ldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/515/ploe_-_37-2023_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/516/ploe_-_38-2023_-_alienacao_de_bens_moveis_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/533/ploe_-_39-2023_-_ppa_ldo_-_imovel_e_obras_saude.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_40-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/538/ploe_-_41-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/539/ploe_-_42-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/542/ploe_-_43-2023_-_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/543/ploe_-_44-2023_-_doacao_de_area.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/544/ploe_-_45-2023_-_afetacao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/545/ploe_-_46-2023_-_logradouro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/546/ploe_-_47-2023_-_ppa_ldo_equipamentos_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/547/ploe_-_48-2023_-_credito_adicional_equipamentos_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/548/ploe_-_49-2023_-_ppa_ldo_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/549/ploe_-_50-2023_-_credito_adicional_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/550/ploe_-_51-2023_-_credito_suplementar_-_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/552/ploe_-_52-2023_-_credito_especial_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_1-2023_-_calcamento_-_vera-_ao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_2-2023_-_poco_artesiano_-__vera.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/520/requerimento_3-2023_-_passeata_-__vera.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_4-2023_-_tercerizacao_dos_servicos_-_gallina.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_5-2023_-_taxa_de_iluminacao_publica__-__gallina.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_6-2023_-_marcha-__todos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_7-2023_-_solicitando_informacoes__-_vera_-_ao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_8-2023_-_infromacoes_auxilio_transporte__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_9-2023_-_diretor_do_departamento_municipal___-_vera_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_10-2023_-_relatorio_da_composicao_de_todos_os_conselhos_municipais____-_vera_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_11-2023_-_taxa_de_iluminacao_publica_-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_12-2023_-_sobra_financeira_do_legislativo_-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_13-2023_-_informacoes_sobre_a_revitalizacao_das_avenidas_macali_e_dambros_e_piva__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_14-2023_-_informacoes_sobre_construcao_de_barracoes_para_industrias__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/537/pr_-_01-2023_-_porcentagem_emendas_impositivas_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_1-2023_-relatorio-_tivica_e_cindo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/454/lei_organica_de_marmeleiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_1-2023_-_retro_projetor_-__gallina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/497/indicacao_2-2023_-_atendimento_odontologico_-__vera.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_3-2023_-_veiculo_-__vera.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_4-2023_-_recape_asfaltico_-_alecio_e_claudia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_5-2023_-_curso_primeiro_socorros_-_todos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_6-2023_-_vagas_para_pessoas_com_deficiencia_-_vera.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_7-2023_-_paver_nas_calcadas__-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_8-2023_-_iluminacao_em_todas_as_escolas_e_cmeis___-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_9-2023_-_recape_asfaltico__-_alecio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_10-2023_-_iluminacao__-_tivica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_11-2023_-_curso_de_violao__-_vera.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_13-2023_-_sensor_de_glicose_-_vera.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_do_legislativo_1-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/429/plol_-_04-2023_-_semana_municipal_-_claudia_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/438/plol_-_05-2023_-_cidadao_honorario_-_irineu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/450/plol_-_06-2023_-_acamsop_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/451/plol_-_07-2023_-_altera_dispositivos_resolucao_002-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/464/plol_-_08-2023_-_ctg_-_todos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/536/plol_-_09-2023_-_licenca_premio_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plol_-_10-2023_altera_nome_de_rua_ribelatto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/551/mensagem_no_29-2023_-_plol_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/422/pedido_de_providencia_01-2023_-academia_externa-_vera.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_providencia_02-2023_-a_instalacao_de_um_ponto_de_onibus_-vera.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_providencia_03-2023_-ponte_-_vera.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_providencia_04-2023_-_reabrir_o_posto_policial_-_cindo_e_ribelato.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_providencia_05-2023_-_patrulhamento_e_cascalhamento_-_cindo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/512/pedido_de_providencia_06-2021_-_recape_asfaltico_marginal_pr_280_-_alecio_claudimara_e_luciani.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/434/mensagem_no_06-2023_-_ploe_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/435/mensagem_no_07-2023_-_plol_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/417/ploe_01-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/418/ploe_-_02-2023_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/419/ploe_-_03-2023_-_consad.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/420/ploe_-_04-2023_-_ppa_ldo_asfalto_marginal_sedu.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/421/ploe_-_05-2023_-_credito_especial_pavim_marginal.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/423/ploe_-_06-2023_-_ppa_ldo_veiculo_saude.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/424/ploe_-_07-2023_-__credito_especial_veic._saude.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/425/ploe_-_08-2023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/428/ploe_-_09-2023_-_credito_adicional_suplementar_rio_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/430/ploe_-_10-20223_-__ppa_ldo_veiculo_viacao_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/431/ploe_-_11-2023_-_credito_especial_veiculo_viacao_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/432/ploe_-_12-2023_-_pps_ldo_veiculo_agricultura_seab.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/433/ploe_-_13-2023_-_credito_especial_veiculo_agricultura_seab.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/436/ploe_-_14-2023_-_altera_dominacoes_de_escolas_municipais_rurais.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/437/ploe_-_15-2023_-_auxilio-transporte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/439/ploe_-_16-2023_-_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/440/ploe_-_17-2023_-_unidades_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/441/ploe_-_18-2023_-_diretrizes_para_elaboracao_da_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/442/ploe_-_19-2023_-_ppa_ldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/443/ploe_-_20_-2023_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/444/ploe_-_21-2023_-_ppa_ldo_ponte.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/445/ploe_-_22-2023_-_credito_adicional_especial_ponte.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/446/ploe_-_23-2023_-_ppa_ldo_-_lago.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/447/ploe_-_24-2023_-_credito_adicional_especial_-_lago.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/448/ploe_-_25-2023_-_cria_vagas_para_cargos_de_professores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/453/ploe_-_26-2023_-_uniforme.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/456/ploe_-_27-2023_-_cria_vagas_para_cargos_do_quadro_geral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/457/ploe_-_28-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/458/ploe_-_29-2023_-_ppa_ldo_-_instalacoes_toldos_escolas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/459/ploe_-_30-2023_-_credito_adicional_especial_-_instalacoes_toldos_escolas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/460/ploe_-_31-2023_-_altera_o_artigo_2o_da_lei_2.865_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/461/ploe_-_32-2023_-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/462/ploe_-_33-2023_-altera_nomenclatura_e_valores_de_acoes_de_governo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/513/ploe_-_35-2023_-_bem_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/514/ploe_-_36-2023_-_ppa_ldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/515/ploe_-_37-2023_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/516/ploe_-_38-2023_-_alienacao_de_bens_moveis_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/533/ploe_-_39-2023_-_ppa_ldo_-_imovel_e_obras_saude.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_40-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/538/ploe_-_41-2023_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/539/ploe_-_42-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/542/ploe_-_43-2023_-_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/543/ploe_-_44-2023_-_doacao_de_area.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/544/ploe_-_45-2023_-_afetacao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/545/ploe_-_46-2023_-_logradouro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/546/ploe_-_47-2023_-_ppa_ldo_equipamentos_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/547/ploe_-_48-2023_-_credito_adicional_equipamentos_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/548/ploe_-_49-2023_-_ppa_ldo_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/549/ploe_-_50-2023_-_credito_adicional_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/550/ploe_-_51-2023_-_credito_suplementar_-_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/552/ploe_-_52-2023_-_credito_especial_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_1-2023_-_calcamento_-_vera-_ao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_2-2023_-_poco_artesiano_-__vera.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/520/requerimento_3-2023_-_passeata_-__vera.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_4-2023_-_tercerizacao_dos_servicos_-_gallina.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_5-2023_-_taxa_de_iluminacao_publica__-__gallina.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_6-2023_-_marcha-__todos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_7-2023_-_solicitando_informacoes__-_vera_-_ao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_8-2023_-_infromacoes_auxilio_transporte__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_9-2023_-_diretor_do_departamento_municipal___-_vera_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_10-2023_-_relatorio_da_composicao_de_todos_os_conselhos_municipais____-_vera_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_11-2023_-_taxa_de_iluminacao_publica_-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_12-2023_-_sobra_financeira_do_legislativo_-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_13-2023_-_informacoes_sobre_a_revitalizacao_das_avenidas_macali_e_dambros_e_piva__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_14-2023_-_informacoes_sobre_construcao_de_barracoes_para_industrias__-_gallina_-_ao_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/537/pr_-_01-2023_-_porcentagem_emendas_impositivas_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marmeleiro.pr.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_1-2023_-relatorio-_tivica_e_cindo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="193" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="192.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>